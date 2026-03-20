--- v0 (2026-03-20)
+++ v1 (2026-03-20)
@@ -557,83 +557,83 @@
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2029 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ceph Administration avancée</x:t>
   </x:si>
   <x:si>
     <x:t>Vivaneo</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chef de projet logiciel et réseau</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet logiciel et réseau spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
@@ -677,284 +677,284 @@
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>chef de projet systèmes, réseaux et sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion réseau informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>M2i Skills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2i Skills - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92100</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
-    <x:t>92100</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation management et conseil en systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet Web : Conduite de projet Web + Ergonomie de Sites Web</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion projet informatique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Masséna</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée international de Valbonne</x:t>
   </x:si>
   <x:si>
     <x:t>06902</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
   </x:si>
   <x:si>
+    <x:t>Électricité</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
-    <x:t>Électricité</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et technologie (PT), 2e année</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Vauvenargues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Les Eucalyptus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Les Eucalyptus</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire physique et technologie (PT*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique, technologie et sciences de l'ingénieur (PTSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée A Artaud</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée J Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée A Artaud</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Coach Agile</x:t>
   </x:si>
   <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/09/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Coaching Agile transformations</x:t>
   </x:si>
   <x:si>
+    <x:t>10/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Création de maquette multi - plateformes avec Figma</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation numérique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>12/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/16/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">cycle préparatoire intégré à l'ISEN Méditerranée - prépa ingénieur business, économie et numérique </x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">cycle préparatoire intégré à l'ISEN Méditerranée - prépa ingénieur informatique et numérique </x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire Intégré CESI - spécialité généraliste, BTP, informatique, systèmes embarqués</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite travaux BTP</x:t>
@@ -1028,59 +1028,59 @@
   <x:si>
     <x:t>Développeur web</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Développement web</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Développeur web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DevOps</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Digital project manager - chef de projet numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur de la donnée (chief data officer) spécialisation management de projets data et RGPD (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Transmission numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
@@ -1148,56 +1148,56 @@
   <x:si>
     <x:t>Simplon.co - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en ingénierie des systèmes d'information</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en ingénierie des systèmes d'information</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Expert en ingénierie des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Nice - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du développement et en architecture logicielle spécialisation architecture des logiciels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture web</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Génie logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
@@ -1505,65 +1505,65 @@
   <x:si>
     <x:t>04510</x:t>
   </x:si>
   <x:si>
     <x:t>Communication entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet web digital spécialisation marketing digital et e-business (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
+    <x:t>10/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exxea</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/14/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Manager de projets informatiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques spécialité applications intelligentes et big data (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques spécialité cybersécurité et haute disponibilité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques spécialité expert IT application intelligente et big data (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Api 84 - Cfai 84 - Nextech</x:t>
   </x:si>
   <x:si>
     <x:t>84918</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2024 00:00:00</x:t>
@@ -1622,68 +1622,68 @@
   <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention génie industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>master mention informatique</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>Université Côte d'Azur</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Master mention informatique parcours  intelligence artificielle et apprentissage automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours fiabilité et sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours géométrie et informatique graphique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours informatique et mathématiques discrètes</x:t>
   </x:si>
   <x:si>
     <x:t>No-Code Operator - Améliorer la productivité de votre organisation</x:t>
@@ -1727,63 +1727,63 @@
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie des systèmes d'information étendus</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie informatique des données</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion|Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère Européen Informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Mastère Européen informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INEAD-ESMAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/07/2024 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. réseaux et télécommunications navales (Maritime Telecommunication Networks)</x:t>
   </x:si>
   <x:si>
     <x:t>Product owner</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Saas</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture système information</x:t>
   </x:si>
   <x:si>
     <x:t>SCRUM : PSM II (Professional Scrum Master)</x:t>
   </x:si>
   <x:si>
     <x:t>Serveur et administration systèmes - gestion et sécurisation des infrastructures</x:t>
   </x:si>
@@ -5020,57 +5020,57 @@
       <x:c r="K51" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>454246</x:v>
+        <x:v>602560</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="U51" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>160</x:v>
@@ -5081,54 +5081,54 @@
       <x:c r="K52" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>556125</x:v>
+        <x:v>454246</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -5141,57 +5141,57 @@
       <x:c r="K53" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>513899</x:v>
+        <x:v>556125</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>160</x:v>
@@ -5202,156 +5202,156 @@
       <x:c r="K54" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>602560</x:v>
+        <x:v>513899</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>608220</x:v>
+        <x:v>608221</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="S56" s="14" t="n">
+        <x:v>608220</x:v>
+      </x:c>
+      <x:c r="T56" s="16" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -5660,51 +5660,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>600354</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -5781,51 +5781,51 @@
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>546303</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -5841,51 +5841,51 @@
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>600355</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>191</x:v>
@@ -5902,51 +5902,51 @@
       <x:c r="M66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>546302</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -5991,242 +5991,242 @@
       <x:c r="C68" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>608603</x:v>
+        <x:v>607746</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>611125</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>607746</x:v>
+        <x:v>608603</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>550732</x:v>
+        <x:v>550731</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>179</x:v>
@@ -6241,173 +6241,173 @@
       <x:c r="K72" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>550733</x:v>
+        <x:v>535085</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>550731</x:v>
+        <x:v>550733</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>535085</x:v>
+        <x:v>550732</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -6420,51 +6420,51 @@
       <x:c r="M75" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>550734</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
@@ -6595,51 +6595,51 @@
       <x:c r="M78" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>550736</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -6652,51 +6652,51 @@
       <x:c r="M79" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>550737</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
@@ -6711,51 +6711,51 @@
       <x:c r="M80" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>550738</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -6768,51 +6768,51 @@
       <x:c r="M81" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>550735</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -7095,333 +7095,333 @@
       <x:c r="R87" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>595853</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>594657</x:v>
+        <x:v>594656</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="P89" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="Q89" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="P89" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>594655</x:v>
+        <x:v>594657</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>594658</x:v>
+        <x:v>594655</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>594656</x:v>
+        <x:v>594658</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>592950</x:v>
+        <x:v>592951</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="I93" s="4" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="Q93" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="Q93" s="4" t="s">
+      <x:c r="R93" s="0" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>592952</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -7452,591 +7452,591 @@
         <x:v>233</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>592953</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="I95" s="4" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="Q95" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="Q95" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>592951</x:v>
+        <x:v>592950</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>592582</x:v>
+        <x:v>592580</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="I97" s="4" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="Q97" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="Q97" s="4" t="s">
+      <x:c r="R97" s="0" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>592581</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>592580</x:v>
+        <x:v>592582</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>592908</x:v>
+        <x:v>592911</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>592910</x:v>
+        <x:v>592909</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>592909</x:v>
+        <x:v>592908</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>592911</x:v>
+        <x:v>592910</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>592938</x:v>
+        <x:v>592937</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>592936</x:v>
+        <x:v>592938</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>592937</x:v>
+        <x:v>592936</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -8047,51 +8047,51 @@
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>618293</x:v>
+        <x:v>618291</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>82</x:v>
@@ -8099,51 +8099,51 @@
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>618294</x:v>
+        <x:v>618296</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -8154,51 +8154,51 @@
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>618295</x:v>
+        <x:v>618293</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>82</x:v>
@@ -8206,51 +8206,51 @@
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>618296</x:v>
+        <x:v>618294</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -8261,51 +8261,51 @@
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>618291</x:v>
+        <x:v>618295</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>82</x:v>
@@ -8313,51 +8313,51 @@
       <x:c r="K111" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>618365</x:v>
+        <x:v>618366</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -8368,202 +8368,202 @@
       <x:c r="K112" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>618366</x:v>
+        <x:v>618365</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>576520</x:v>
+        <x:v>576524</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>576521</x:v>
+        <x:v>576520</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>576522</x:v>
+        <x:v>576521</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>270</x:v>
@@ -8572,51 +8572,51 @@
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>576524</x:v>
+        <x:v>576522</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>92</x:v>
@@ -9035,51 +9035,51 @@
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>586925</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
@@ -9088,360 +9088,360 @@
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>586926</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>586922</x:v>
+        <x:v>586937</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>586935</x:v>
+        <x:v>586923</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>586936</x:v>
+        <x:v>586922</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>586938</x:v>
+        <x:v>586935</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>586937</x:v>
+        <x:v>586936</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>586923</x:v>
+        <x:v>586938</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38436</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -9590,342 +9590,342 @@
       <x:c r="R135" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>568847</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>612078</x:v>
+        <x:v>587050</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>587050</x:v>
+        <x:v>587058</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="U137" s="4" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>587058</x:v>
+        <x:v>612078</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>587046</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>587053</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>587054</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
@@ -10033,307 +10033,307 @@
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>587048</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>587055</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>587051</x:v>
+        <x:v>581518</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>581518</x:v>
+        <x:v>581520</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>581520</x:v>
+        <x:v>612079</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>612079</x:v>
+        <x:v>587051</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
@@ -10395,57 +10395,57 @@
       <x:c r="K151" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>535038</x:v>
+        <x:v>550743</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37843</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
@@ -10454,57 +10454,57 @@
       <x:c r="K152" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>550743</x:v>
+        <x:v>535038</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -10976,51 +10976,51 @@
       <x:c r="M161" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>534966</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
@@ -11092,51 +11092,51 @@
       <x:c r="M163" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>534965</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
@@ -11208,51 +11208,51 @@
       <x:c r="M165" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>534969</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
@@ -11261,167 +11261,167 @@
       <x:c r="K166" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>550914</x:v>
+        <x:v>534967</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>534967</x:v>
+        <x:v>550915</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>550915</x:v>
+        <x:v>550914</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -11440,51 +11440,51 @@
       <x:c r="M169" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>534968</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>40363</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -11669,214 +11669,214 @@
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>589941</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>343</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>598490</x:v>
+        <x:v>589942</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>598491</x:v>
+        <x:v>598490</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>589942</x:v>
+        <x:v>598491</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -11889,51 +11889,51 @@
       <x:c r="M177" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>614355</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
@@ -12005,51 +12005,51 @@
       <x:c r="M179" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>534876</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
@@ -12298,272 +12298,272 @@
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>578623</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>610848</x:v>
+        <x:v>615688</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>343</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>615688</x:v>
+        <x:v>610847</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>578627</x:v>
+        <x:v>578624</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>578626</x:v>
+        <x:v>578625</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
@@ -12576,173 +12576,173 @@
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>615664</x:v>
+        <x:v>615687</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>578624</x:v>
+        <x:v>615689</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>578625</x:v>
+        <x:v>610848</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
@@ -12751,114 +12751,114 @@
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>615687</x:v>
+        <x:v>578627</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>615689</x:v>
+        <x:v>615664</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
@@ -12867,57 +12867,57 @@
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>610847</x:v>
+        <x:v>578626</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36197</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12986,51 +12986,51 @@
       <x:c r="M196" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>535023</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -13102,51 +13102,51 @@
       <x:c r="M198" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>535022</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -13218,51 +13218,51 @@
       <x:c r="M200" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>535025</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -13328,283 +13328,283 @@
       <x:c r="K202" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>535024</x:v>
+        <x:v>551039</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>551039</x:v>
+        <x:v>535024</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>535026</x:v>
+        <x:v>535027</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>535027</x:v>
+        <x:v>551046</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>551046</x:v>
+        <x:v>551044</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -13617,57 +13617,57 @@
       <x:c r="K207" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>551044</x:v>
+        <x:v>535026</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>37985</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -14582,51 +14582,51 @@
       <x:c r="M224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>618358</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
@@ -15535,103 +15535,103 @@
         <x:v>42</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>71701</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>566990</x:v>
+        <x:v>566989</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>71701</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>566989</x:v>
+        <x:v>566990</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>270</x:v>
@@ -15643,51 +15643,51 @@
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>577818</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>40319</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -15811,51 +15811,51 @@
       <x:c r="L247" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>615679</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38599</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
@@ -16046,615 +16046,615 @@
       <x:c r="M251" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>534875</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>587125</x:v>
+        <x:v>623050</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>623050</x:v>
+        <x:v>531238</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>558884</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="Q255" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="R255" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="S255" s="0" t="n">
+        <x:v>587125</x:v>
+      </x:c>
+      <x:c r="T255" s="4" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="U255" s="4" t="s">
         <x:v>482</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>602648</x:v>
+        <x:v>602647</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>553421</x:v>
+        <x:v>553420</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>546795</x:v>
+        <x:v>608954</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>608953</x:v>
+        <x:v>602648</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>602647</x:v>
+        <x:v>553421</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>553420</x:v>
+        <x:v>546795</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>477</x:v>
@@ -16669,173 +16669,173 @@
       <x:c r="K262" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>608954</x:v>
+        <x:v>608953</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>497530</x:v>
+        <x:v>497528</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>497528</x:v>
+        <x:v>497530</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -17020,51 +17020,51 @@
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
@@ -17249,289 +17249,289 @@
       <x:c r="K272" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>600221</x:v>
+        <x:v>549331</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>500</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>542189</x:v>
+        <x:v>600221</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>542192</x:v>
+        <x:v>542189</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>549300</x:v>
+        <x:v>542192</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>549331</x:v>
+        <x:v>549300</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -17541,51 +17541,51 @@
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>601256</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38690</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
@@ -17783,361 +17783,361 @@
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>592084</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>592081</x:v>
+        <x:v>615854</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>592086</x:v>
+        <x:v>592083</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>520</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>520</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>592083</x:v>
+        <x:v>592082</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>592082</x:v>
+        <x:v>592085</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>592085</x:v>
+        <x:v>592081</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>615854</x:v>
+        <x:v>592086</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
@@ -19080,188 +19080,188 @@
         <x:v>136</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>581220</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>516303</x:v>
+        <x:v>531243</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="H306" s="14" t="s">
         <x:v>554</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>555</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>523237</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>531243</x:v>
+        <x:v>516303</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
@@ -19313,51 +19313,51 @@
       <x:c r="I309" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>72254</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>568153</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
@@ -19415,156 +19415,156 @@
       <x:c r="I311" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>72254</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>568152</x:v>
+        <x:v>568155</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>72254</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>568157</x:v>
+        <x:v>568152</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>72254</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>568155</x:v>
+        <x:v>568157</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>270</x:v>
@@ -19576,51 +19576,51 @@
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>578314</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
@@ -19826,51 +19826,51 @@
       <x:c r="I319" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>568783</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>420</x:v>
       </x:c>