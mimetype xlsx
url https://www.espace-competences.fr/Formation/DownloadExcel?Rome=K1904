--- v0 (2025-12-11)
+++ v1 (2026-03-20)
@@ -140,228 +140,228 @@
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économie et gestion option économie, droit et gestion (ENS Rennes D1), 1re année</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Économie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Stanislas</x:t>
   </x:si>
   <x:si>
     <x:t>06008</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée J Perrin</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire économie et gestion option économie, droit et gestion (ENS Rennes D1), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Droit</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économie et gestion option économie, méthodes quantitatives et gestion (ENS Paris-Saclay D2), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économie et gestion option économie, méthodes quantitatives et gestion (ENS Paris-Saclay D2), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>DU DESU droit du sport</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion sport</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention droit privé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Droit privé</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé</x:t>
   </x:si>
   <x:si>
-    <x:t>Université Côte d'Azur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 5 et plus</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
-    <x:t>Droit privé</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention droit privé</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours contentieux de la responsabilité et de l'indemnisation (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours contentieux et procédures civiles d'exécution</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours droit de l'enfant</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours obligations, contrats, biens</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours théorie du droit</x:t>
   </x:si>
   <x:si>
     <x:t>master mention justice, procès et procédures</x:t>
   </x:si>
   <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
     <x:t>Droit pénal</x:t>
   </x:si>
   <x:si>
-    <x:t>Univ. de Toulon</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours contentieux économique, médiation et arbitrage</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours droit et pratique des contentieux publics</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours justices et droit du procès</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours pratique du droit des étrangers</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
@@ -984,1351 +984,1352 @@
       <x:c r="K2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>595632</x:v>
+        <x:v>595634</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>595633</x:v>
+        <x:v>595632</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s"/>
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="Q4" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="Q4" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R4" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>595634</x:v>
+        <x:v>595633</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>595636</x:v>
+        <x:v>595637</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="Q6" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="Q6" s="16" t="s">
+      <x:c r="R6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="R6" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>595637</x:v>
+        <x:v>595636</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>595635</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>595900</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>593100</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B10" s="14" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H10" s="14" t="s"/>
+      <x:c r="I10" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="H10" s="14" t="s">
+      <x:c r="J10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="I10" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K10" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="Q10" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="Q10" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>606792</x:v>
+        <x:v>597446</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="P11" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="Q11" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="P11" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="Q11" s="4" t="s">
+      <x:c r="R11" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="S11" s="0" t="n">
+        <x:v>606792</x:v>
+      </x:c>
+      <x:c r="T11" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="U11" s="4" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>597447</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>581236</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>581251</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>576329</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>576328</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>576330</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>597245</x:v>
+        <x:v>597247</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>597246</x:v>
+        <x:v>597245</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>597247</x:v>
+        <x:v>597246</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>580924</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>576338</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>576341</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>587480</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>580925</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>602492</x:v>
       </x:c>