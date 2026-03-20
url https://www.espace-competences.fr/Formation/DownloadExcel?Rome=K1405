--- v0 (2025-12-12)
+++ v1 (2026-03-20)
@@ -179,75 +179,75 @@
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Science politique</x:t>
   </x:si>
   <x:si>
     <x:t>CPAG</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit international et droit européen</x:t>
   </x:si>
   <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
     <x:t>Droit comparé</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2028 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>NICE CEDEX 1</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit international et droit européen blocs de compétences BC05 - BC06 - BC07 - BC08 - BC09</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
@@ -964,299 +964,299 @@
       <x:c r="R2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
         <x:v>593252</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="P3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="P3" s="0" t="s">
+      <x:c r="Q3" s="4" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>595445</x:v>
+        <x:v>595447</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>595446</x:v>
+        <x:v>595445</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="P5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="P5" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>595447</x:v>
+        <x:v>595446</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="P6" s="14" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>609451</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>576318</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
@@ -1271,51 +1271,51 @@
       <x:c r="G8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>576319</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
@@ -1328,51 +1328,51 @@
       <x:c r="G9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>576320</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
@@ -1640,141 +1640,141 @@
       <x:c r="R14" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>597433</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>597248</x:v>
+        <x:v>597249</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>597249</x:v>
+        <x:v>597248</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>84</x:v>
       </x:c>