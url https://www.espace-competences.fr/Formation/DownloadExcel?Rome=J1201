--- v0 (2026-02-02)
+++ v1 (2026-03-20)
@@ -137,90 +137,90 @@
     </x:r>
   </x:si>
   <x:si>
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 1re année</x:t>
+    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre (BCPST), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Masséna</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 2e année</x:t>
+    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre (BCPST), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Géophysique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et biologie (TB), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et biologie (TB), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire intégré à l'ISEN Méditerranée - prépa ingénieur biologie et e-santé</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
   </x:si>