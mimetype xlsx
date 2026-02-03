--- v1 (2026-02-03)
+++ v2 (2026-02-03)
@@ -278,80 +278,80 @@
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional de Formation à l'Environnement et au Développement Durable - CFA Régional Métiers de l'Environnement et du Développement Durable</x:t>
   </x:si>
   <x:si>
     <x:t>IRFEDD</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle et de Promotion Agricole Antibes</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Certification nucléaire - Option Centre de Recherche (CR) - Prévention des Risques (PR) - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Trihom</x:t>
   </x:si>
   <x:si>
     <x:t>37420</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation nucléaire</x:t>
   </x:si>
   <x:si>
     <x:t>Trihom - Antenne Saint Paul des Durance</x:t>
   </x:si>
   <x:si>
     <x:t>13115</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-PAUL-LES-DURANCE</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
@@ -431,62 +431,62 @@
   <x:si>
     <x:t>GIES niveau 1 - sites chimiques et industriels - PRB501</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/13/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
@@ -647,57 +647,57 @@
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Educ'Altitudes</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenir en espace confiné industries - Surveillant/intervenant - PRB019</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le rôle et les obligations du donneur d'ordre sur chantiers amiante - AMG103</x:t>
   </x:si>
   <x:si>
     <x:t>Risque amiante</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
@@ -1853,206 +1853,206 @@
         <x:v>549871</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38653</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>551861</x:v>
+        <x:v>506186</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38653</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>498038</x:v>
+        <x:v>551861</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38653</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="H14" s="14" t="s"/>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>506186</x:v>
+        <x:v>498038</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>82</x:v>
@@ -2063,51 +2063,51 @@
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>540650</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
@@ -2832,100 +2832,100 @@
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>591652</x:v>
+        <x:v>610732</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>610732</x:v>
+        <x:v>610736</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>90</x:v>
@@ -2934,100 +2934,100 @@
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>610736</x:v>
+        <x:v>610739</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>610739</x:v>
+        <x:v>591652</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>90</x:v>
@@ -3039,54 +3039,54 @@
       <x:c r="L34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>610730</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
@@ -5635,156 +5635,156 @@
       <x:c r="I85" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>610724</x:v>
+        <x:v>610723</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>610722</x:v>
+        <x:v>610724</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>610723</x:v>
+        <x:v>610722</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>90</x:v>
@@ -6113,51 +6113,51 @@
       <x:c r="L94" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22276</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>610351</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>36</x:v>