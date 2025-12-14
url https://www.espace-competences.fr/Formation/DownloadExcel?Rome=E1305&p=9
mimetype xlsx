--- v0 (2025-12-14)
+++ v1 (2025-12-14)
@@ -371,182 +371,182 @@
   <x:si>
     <x:t>Philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention philosophie parcours philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icademie Editions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2025 00:00:00</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>Iscod</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ceytyxia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qwantic - Cbs Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ceytyxia</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Qwantic - Cbs Formation</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>01/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/18/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste BC 1 Concevoir et réaliser des compositions graphiques</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste BC 2 Développer des solutions visuelles innovantes et multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
@@ -563,75 +563,75 @@
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste bloc de compétences 1 Concevoir et réaliser des compositions graphiques</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel infographiste metteur en page</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Assure Direct</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaltic</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delivery Digital Nice</x:t>
   </x:si>
   <x:si>
     <x:t>DDN</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel infographiste metteur en page - CCP 1 : élaborer une proposition graphique</x:t>
   </x:si>
@@ -3477,51 +3477,51 @@
       <x:c r="K41" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>558955</x:v>
+        <x:v>581281</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
@@ -3534,51 +3534,51 @@
       <x:c r="K42" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>602508</x:v>
+        <x:v>564094</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -3588,863 +3588,864 @@
       <x:c r="K43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>581282</x:v>
+        <x:v>581280</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>581281</x:v>
+        <x:v>584267</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="R45" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="S45" s="0" t="n">
+        <x:v>581282</x:v>
+      </x:c>
+      <x:c r="T45" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U45" s="4" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>581280</x:v>
+        <x:v>558955</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>584267</x:v>
+        <x:v>602508</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H48" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="R48" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="S48" s="14" t="n">
+        <x:v>608639</x:v>
+      </x:c>
+      <x:c r="T48" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R48" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="Q49" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="R49" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="S49" s="0" t="n">
+        <x:v>608305</x:v>
+      </x:c>
+      <x:c r="T49" s="4" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="U49" s="4" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>605574</x:v>
+        <x:v>569997</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q51" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="R51" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="S51" s="0" t="n">
+        <x:v>565677</x:v>
+      </x:c>
+      <x:c r="T51" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="Q51" s="4" t="s">
+      <x:c r="U51" s="4" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>127</x:v>
-[...1 lines deleted...]
-      <x:c r="H52" s="14" t="s"/>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>608305</x:v>
+        <x:v>601990</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="U52" s="16" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>569997</x:v>
+        <x:v>608306</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>565677</x:v>
+        <x:v>605574</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="U54" s="16" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="R55" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="S55" s="0" t="n">
+        <x:v>605575</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>601989</x:v>
+        <x:v>608304</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>608304</x:v>
+        <x:v>601989</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -4508,51 +4509,51 @@
       <x:c r="L59" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>581283</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -4565,51 +4566,51 @@
       <x:c r="L60" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>581284</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -4622,51 +4623,51 @@
       <x:c r="M61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>581313</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -4730,51 +4731,51 @@
       <x:c r="L63" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>581315</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -4844,51 +4845,51 @@
       <x:c r="M65" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>581312</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -4901,105 +4902,105 @@
       <x:c r="M66" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>581311</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>565252</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -5027,423 +5028,423 @@
       <x:c r="R68" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>529419</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>529354</x:v>
+        <x:v>543847</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>529413</x:v>
+        <x:v>529358</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>545926</x:v>
+        <x:v>529354</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>545929</x:v>
+        <x:v>529413</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>555838</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>543847</x:v>
+        <x:v>545926</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>529358</x:v>
+        <x:v>545929</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -5453,54 +5454,54 @@
       <x:c r="L76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>545932</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -5530,256 +5531,256 @@
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>516867</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>520861</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>529388</x:v>
+        <x:v>529392</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>529392</x:v>
+        <x:v>529388</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>545964</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -5789,108 +5790,108 @@
       <x:c r="L82" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>545969</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>545967</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -5900,108 +5901,108 @@
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>529363</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>529364</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -6011,330 +6012,330 @@
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>545972</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>529369</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>529365</x:v>
+        <x:v>545973</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>545973</x:v>
+        <x:v>529365</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>529367</x:v>
+        <x:v>545975</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>545975</x:v>
+        <x:v>529367</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">