--- v1 (2026-02-04)
+++ v2 (2026-02-04)
@@ -1199,57 +1199,57 @@
   <x:si>
     <x:t>Ecole Brassart Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur 3D animation VFX jeux vidéo</x:t>
   </x:si>
   <x:si>
     <x:t>concepteur en communication graphique et numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur en communication graphique et numérique spécialisation design graphique et numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur réalisateur web et digital spécialisation marketing digital et e-business (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Développement web</x:t>
   </x:si>
   <x:si>
     <x:t>concepteur UI et webdesign</x:t>
   </x:si>
   <x:si>
     <x:t>MJM Graphic Design</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur webdesigner</x:t>
   </x:si>
   <x:si>
     <x:t>Itecom Art Design</x:t>
   </x:si>
   <x:si>
     <x:t>Pad</x:t>
   </x:si>
@@ -11772,156 +11772,156 @@
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>592232</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>34345</x:v>
+        <x:v>39605</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>534832</x:v>
+        <x:v>550892</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>39605</x:v>
+        <x:v>34345</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>550892</x:v>
+        <x:v>534832</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>39605</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
@@ -11933,51 +11933,51 @@
       <x:c r="L154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>550893</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37816</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -11990,51 +11990,51 @@
       <x:c r="L155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>534878</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37816</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
@@ -12049,54 +12049,54 @@
       <x:c r="L156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>550739</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="U156" s="16" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37816</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -12106,51 +12106,51 @@
       <x:c r="L157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>550740</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38244</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -18202,149 +18202,149 @@
       <x:c r="S268" s="14" t="n">
         <x:v>554154</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>554130</x:v>
+        <x:v>601680</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>601680</x:v>
+        <x:v>554130</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -18714,139 +18714,139 @@
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>595593</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>595592</x:v>
+        <x:v>595589</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>595589</x:v>
+        <x:v>595592</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
@@ -19324,141 +19324,141 @@
       <x:c r="R288" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>595598</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>595597</x:v>
+        <x:v>595600</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>595600</x:v>
+        <x:v>595597</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
@@ -20564,54 +20564,54 @@
       <x:c r="L311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>46347</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>534936</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>39855</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
@@ -20623,51 +20623,51 @@
       <x:c r="L312" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>579363</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>40555</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
@@ -25070,51 +25070,51 @@
       <x:c r="L394" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>550924</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -25127,51 +25127,51 @@
       <x:c r="L395" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>550925</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
@@ -35605,423 +35605,423 @@
       <x:c r="R592" s="14" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
         <x:v>588093</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="G593" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
-        <x:v>615570</x:v>
+        <x:v>613845</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s"/>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s"/>
       <x:c r="I594" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K594" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
-        <x:v>613845</x:v>
+        <x:v>583489</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
-        <x:v>869</x:v>
+        <x:v>871</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="G595" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
-        <x:v>583489</x:v>
+        <x:v>615570</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
-        <x:v>871</x:v>
+        <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s"/>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K596" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
-        <x:v>584756</x:v>
+        <x:v>572510</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>584765</x:v>
+        <x:v>584756</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K598" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>578821</x:v>
+        <x:v>584765</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="C599" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
-        <x:v>572510</x:v>
+        <x:v>578821</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
-        <x:v>850</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -37537,151 +37537,152 @@
       <x:c r="S626" s="14" t="n">
         <x:v>608627</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="E627" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="H627" s="0" t="s">
+        <x:v>867</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
-        <x:v>599572</x:v>
+        <x:v>601957</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
-        <x:v>904</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
-        <x:v>866</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K628" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
-        <x:v>866</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
-        <x:v>601957</x:v>
+        <x:v>599572</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="E629" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
@@ -38324,84 +38325,84 @@
       <x:c r="R640" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
         <x:v>613735</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="G641" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>602508</x:v>
+        <x:v>584267</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
@@ -38414,279 +38415,279 @@
       <x:c r="K642" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>584267</x:v>
+        <x:v>581280</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>581280</x:v>
+        <x:v>581282</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s"/>
       <x:c r="I644" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
-        <x:v>581282</x:v>
+        <x:v>564094</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
-        <x:v>564094</x:v>
+        <x:v>614723</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
-        <x:v>911</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
-        <x:v>885</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K646" s="14" t="s">
-        <x:v>912</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
-        <x:v>885</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
-        <x:v>614723</x:v>
+        <x:v>602508</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
-        <x:v>913</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -38749,114 +38750,114 @@
       <x:c r="K648" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
-        <x:v>608305</x:v>
+        <x:v>569997</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
-        <x:v>899</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
-        <x:v>900</x:v>
+        <x:v>903</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="E649" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>569997</x:v>
+        <x:v>608305</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>903</x:v>
+        <x:v>900</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
@@ -39182,150 +39183,151 @@
         <x:v>608306</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
-        <x:v>866</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="H656" s="14" t="s"/>
       <x:c r="I656" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K656" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
-        <x:v>866</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
-        <x:v>601989</x:v>
+        <x:v>565677</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="E657" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="H657" s="0" t="s">
+        <x:v>867</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
-        <x:v>916</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
-        <x:v>916</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R657" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S657" s="0" t="n">
-        <x:v>565677</x:v>
+        <x:v>601989</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
-        <x:v>850</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="C658" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s"/>
       <x:c r="F658" s="14" t="s"/>
       <x:c r="G658" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H658" s="14" t="s"/>
       <x:c r="I658" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J658" s="14" t="s">
         <x:v>143</x:v>
       </x:c>