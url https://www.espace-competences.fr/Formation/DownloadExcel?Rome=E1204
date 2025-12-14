--- v0 (2025-12-12)
+++ v1 (2025-12-14)
@@ -179,71 +179,71 @@
   <x:si>
     <x:t>Audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>After Effects Initiation + Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
     <x:t>Logiciel audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>formation entièrement à distance</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor Réalisateur nouveaux médias et JRI (3ème année)</x:t>
   </x:si>
   <x:si>
     <x:t>Les Ateliers de l'Image et du Son</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2027 00:00:00</x:t>
@@ -251,80 +251,80 @@
   <x:si>
     <x:t>Bases de l’audiovisuel en activité immobilière</x:t>
   </x:si>
   <x:si>
     <x:t>Drone Up Academy</x:t>
   </x:si>
   <x:si>
     <x:t>31620</x:t>
   </x:si>
   <x:si>
     <x:t>LE BEAUSSET</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée F Mistral</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Littérature</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Général Carnot</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Classe Tremplin, métiers de l'audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation à la prise de vue vidéo et au montage</x:t>
   </x:si>
   <x:si>
     <x:t>Terkane</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>Prise de vue</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
@@ -371,81 +371,81 @@
   <x:si>
     <x:t>Prise de vue vidéo - perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Prise de vues vidéo</x:t>
   </x:si>
   <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser un film aérien avec un drone</x:t>
   </x:si>
   <x:si>
     <x:t>Télé-pilotage drone aérien</x:t>
   </x:si>
   <x:si>
     <x:t>REPERAGE</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Trajectoire cadrage vidéo, montage vidéo sur ADOBE PREMIERE PRO et prise de vues complémentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Event-Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83136</x:t>
   </x:si>
@@ -1081,230 +1081,230 @@
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>72754</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>504692</x:v>
+        <x:v>504694</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s"/>
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>72754</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>504694</x:v>
+        <x:v>504692</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>72754</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>504688</x:v>
+        <x:v>504690</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>72754</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>504690</x:v>
+        <x:v>504688</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
@@ -1405,51 +1405,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>593238</x:v>
+        <x:v>593237</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>68</x:v>
@@ -1458,150 +1458,150 @@
       <x:c r="K10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>593237</x:v>
+        <x:v>593238</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>595750</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>595751</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>48</x:v>
@@ -1764,159 +1764,159 @@
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>587278</x:v>
+        <x:v>549547</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>549547</x:v>
+        <x:v>587278</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>46280</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>148500</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
@@ -2070,106 +2070,106 @@
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>535593</x:v>
+        <x:v>578306</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>578306</x:v>
+        <x:v>535593</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
@@ -2221,51 +2221,51 @@
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>578313</x:v>
+        <x:v>578311</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>94</x:v>
@@ -2274,100 +2274,100 @@
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>578310</x:v>
+        <x:v>535570</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>578312</x:v>
+        <x:v>578313</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>94</x:v>
@@ -2376,106 +2376,106 @@
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>578311</x:v>
+        <x:v>578310</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>535570</x:v>
+        <x:v>578312</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
@@ -2586,51 +2586,51 @@
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>587696</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>