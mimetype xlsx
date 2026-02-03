--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -3248,219 +3248,220 @@
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>605793</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>14032</x:v>
+        <x:v>38076</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>447268</x:v>
+        <x:v>496350</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38076</x:v>
+        <x:v>14032</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>603110</x:v>
+        <x:v>447268</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38076</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>496350</x:v>
+        <x:v>603110</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>41658</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -7921,333 +7922,333 @@
         <x:v>506227</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="H112" s="14" t="s"/>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>554259</x:v>
+        <x:v>549029</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>549029</x:v>
+        <x:v>605888</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>605888</x:v>
+        <x:v>605892</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>605892</x:v>
+        <x:v>599720</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>599720</x:v>
+        <x:v>554259</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>46</x:v>
       </x:c>