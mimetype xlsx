--- v0 (2026-02-03)
+++ v1 (2026-02-04)
@@ -275,72 +275,72 @@
   <x:si>
     <x:t>Afasec - Antenne Cabriès - CFA Régional des Métiers Hippiques</x:t>
   </x:si>
   <x:si>
     <x:t>13822</x:t>
   </x:si>
   <x:si>
     <x:t>CABRIES</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale Montagne 05</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation production, transformation et commercialisation des produits fermiers</x:t>
   </x:si>
   <x:si>
     <x:t>Association Départementale pour la Formation et le Perfectionnement des Agriculteurs des Hautes Alpes</x:t>
   </x:si>
   <x:si>
     <x:t>ADFPA 05</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
@@ -1399,153 +1399,153 @@
         <x:v>549894</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>605866</x:v>
+        <x:v>609366</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>548671</x:v>
+        <x:v>605866</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>52</x:v>
@@ -1553,541 +1553,542 @@
       <x:c r="J10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>498358</x:v>
+        <x:v>548671</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="Q11" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R11" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="S11" s="0" t="n">
+        <x:v>498358</x:v>
+      </x:c>
+      <x:c r="T11" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="U11" s="4" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>496557</x:v>
+        <x:v>545533</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>600200</x:v>
+        <x:v>496557</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>454909</x:v>
+        <x:v>600200</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>603117</x:v>
+        <x:v>454909</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>45</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>549893</x:v>
+        <x:v>603117</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>496561</x:v>
+        <x:v>549893</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>609366</x:v>
+        <x:v>496561</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39667</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>