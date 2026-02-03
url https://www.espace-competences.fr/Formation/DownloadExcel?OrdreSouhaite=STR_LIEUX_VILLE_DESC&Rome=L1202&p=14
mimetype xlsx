--- v1 (2026-02-03)
+++ v2 (2026-02-03)
@@ -584,132 +584,132 @@
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Vièle cheval de Mongolie</x:t>
   </x:si>
   <x:si>
     <x:t>Pratique instrumentale</x:t>
   </x:si>
   <x:si>
     <x:t>Rythmes et improvisations dans la modalité perse et indienne</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chants de la tradition séfarade judéo-espagnole : de l’Andalousie médiévale aux pays de l’ex-empire ottoman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Khöömii – chant diphonique de Mongolie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Musiques du Brésil</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chants de Grèce et d'Asie Mineure</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chant Oriental</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>L’Art du Makam et l’éveil de la créativité modale</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Outils pour la création dans le cadre des musiques modales, de A à Z</x:t>
   </x:si>
   <x:si>
     <x:t>10/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Khöömii – chant diphonique de Mongolie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Étude du Oud</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Musiques de l'Inde et Improvisation</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>02/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CURSUS Chants Bulgares : monodies et polyphonies</x:t>
   </x:si>
   <x:si>
     <x:t>Chants de Grèce et d'Asie mineure</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Gu Zheng, Cithare chinoise</x:t>
   </x:si>
@@ -3314,852 +3314,852 @@
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>600173</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>581433</x:v>
+        <x:v>586161</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>535335</x:v>
+        <x:v>586215</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>535764</x:v>
+        <x:v>615163</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>535797</x:v>
+        <x:v>614493</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>587060</x:v>
+        <x:v>581433</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>587065</x:v>
+        <x:v>535335</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>589726</x:v>
+        <x:v>535764</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>586373</x:v>
+        <x:v>535797</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>538725</x:v>
+        <x:v>587060</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>615179</x:v>
+        <x:v>587065</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>554135</x:v>
+        <x:v>589726</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>586161</x:v>
+        <x:v>586373</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>586215</x:v>
+        <x:v>538725</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>615163</x:v>
+        <x:v>615179</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>614493</x:v>
+        <x:v>554135</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
@@ -4170,51 +4170,51 @@
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>581404</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
@@ -4373,62 +4373,62 @@
       <x:c r="L54" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>535756</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
@@ -4491,103 +4491,103 @@
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>587195</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>590510</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
@@ -4598,92 +4598,92 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>586451</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>588166</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -4705,51 +4705,51 @@
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>586206</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
@@ -4911,100 +4911,100 @@
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>586208</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>586211</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -5026,103 +5026,103 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>599182</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>586204</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
@@ -5185,51 +5185,51 @@
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>586998</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
@@ -5347,51 +5347,51 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>587011</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
@@ -5399,51 +5399,51 @@
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>535704</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
@@ -5498,106 +5498,106 @@
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>536110</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>598837</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
@@ -5827,51 +5827,51 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>587008</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
@@ -5882,51 +5882,51 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>536102</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
@@ -5934,51 +5934,51 @@
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>587160</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
@@ -5989,51 +5989,51 @@
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>587331</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
@@ -6041,51 +6041,51 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>613959</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
@@ -6096,51 +6096,51 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>586207</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
@@ -6192,62 +6192,62 @@
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>581589</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
@@ -6255,51 +6255,51 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>581616</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
@@ -6310,51 +6310,51 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>581617</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
@@ -6362,51 +6362,51 @@
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>580591</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
@@ -6417,51 +6417,51 @@
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>612811</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
@@ -6620,51 +6620,51 @@
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>586205</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>39</x:v>
@@ -6834,62 +6834,62 @@
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>587066</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
@@ -7059,51 +7059,51 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>580594</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
@@ -7111,51 +7111,51 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>581614</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
@@ -7166,210 +7166,210 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>602962</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>586212</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>537148</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>612813</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
@@ -7421,51 +7421,51 @@
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>579885</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -7539,98 +7539,98 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>615307</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>581619</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
@@ -7646,51 +7646,51 @@
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>586497</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
@@ -7753,51 +7753,51 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>586999</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
@@ -7808,51 +7808,51 @@
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>535620</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
@@ -7904,106 +7904,106 @@
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>587067</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>587750</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>39</x:v>
@@ -8181,95 +8181,95 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>579887</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>535676</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>39</x:v>
@@ -8332,51 +8332,51 @@
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>535787</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>39</x:v>
@@ -8384,54 +8384,54 @@
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>587052</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>39</x:v>
@@ -8439,106 +8439,106 @@
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>587061</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>587276</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>39</x:v>
@@ -8549,51 +8549,51 @@
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>597809</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
@@ -8918,54 +8918,54 @@
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>613284</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">