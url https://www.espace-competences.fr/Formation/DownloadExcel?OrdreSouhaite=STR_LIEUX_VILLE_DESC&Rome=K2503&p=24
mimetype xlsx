--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -722,62 +722,62 @@
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS management opérationnel de la sécurité (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Attestation de formation des agents des entreprises de protection privée de navires</x:t>
   </x:si>
   <x:si>
     <x:t>Oropex</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro métiers de la sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent P Arène</x:t>
   </x:si>
   <x:si>
     <x:t>04203</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité publique</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Opérateur en Vidéoprotection et Télésurveillance ( TP OVT)</x:t>
   </x:si>
   <x:si>
     <x:t>SEILLONS-SOURCE-D'ARGENS</x:t>
@@ -935,98 +935,98 @@
   <x:si>
     <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + habilitations électriques H0 - B0</x:t>
   </x:si>
   <x:si>
     <x:t>NG Formations - Ngnear</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Surveillance humaine ou gardiennage - Maintien et actualisation des compétences (MAC) + MAC SST (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Surveillant - visiteur de nuit en secteur social et médico-social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association du Centre d'Orientation de Psychologie Appliquée et de Documentation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACOPAD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualité secteur social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association des Centres d'Accueil et de Formation de la Mutualité Sociale Agricole de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84110</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Surveillant - visiteur de nuit en secteur social et médico-social</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
@@ -1109,59 +1109,59 @@
   <x:si>
     <x:t>Agent de prévention et de sécurité (APS) + STT (formation modulaire sans SSIAP)</x:t>
   </x:si>
   <x:si>
     <x:t>Abg Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + habilitations électrriques H0 - B0</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP agent de sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Palmiers</x:t>
   </x:si>
   <x:si>
-    <x:t>03/11/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut pour l'Etude et l'Intégration des Nouvelles Techniques et Technologies</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Agent privé de protection de personnes</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe 9 Academy</x:t>
@@ -1280,59 +1280,59 @@
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>Envergure</x:t>
   </x:si>
   <x:si>
     <x:t>93600</x:t>
   </x:si>
   <x:si>
     <x:t>12/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Equipe d'Avenir</x:t>
   </x:si>
   <x:si>
     <x:t>EA</x:t>
   </x:si>
   <x:si>
     <x:t>97200</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de prévention et de sécurité + SSIAP 1 - diplôme d'agent de service + habilitations électriques BE - BS (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
   </x:si>
   <x:si>
     <x:t>IRTS</x:t>
   </x:si>
   <x:si>
     <x:t>13267</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Jacques Raynaud</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
@@ -1448,71 +1448,71 @@
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Guide fiLes et serres fiLes</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>Évacuation site</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Hse Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
+    <x:t>France Formation Sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
+  </x:si>
+  <x:si>
     <x:t>Palpation de sécurité</x:t>
   </x:si>
   <x:si>
-    <x:t>France Formation Sécurité</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Ab Sud Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Aéro Training Center</x:t>
   </x:si>
   <x:si>
     <x:t>ATC</x:t>
   </x:si>
   <x:si>
     <x:t>93290</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
@@ -1754,54 +1754,54 @@
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dirigeant d'entreprise de sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Asp Bodyguard</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'entreprise de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'entreprise de sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent privé de prévention et de sécurité</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dirigeant d'entreprise de sécurité</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Agent privé de prévention et de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de protection des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>Agent privé de protection de personnalité</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de protection des personnes (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Techniqual</x:t>
   </x:si>
   <x:si>
     <x:t>13480</x:t>
   </x:si>
   <x:si>
     <x:t>CABRIES</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
@@ -7116,209 +7116,210 @@
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>538534</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>40278</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>31814</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>608231</x:v>
+        <x:v>549175</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>217</x:v>
-[...1 lines deleted...]
-      <x:c r="C87" s="3" t="s"/>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C87" s="3" t="n">
+        <x:v>40278</x:v>
+      </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J87" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>613975</x:v>
+        <x:v>608231</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>213</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>214</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="J88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>549175</x:v>
+        <x:v>613975</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -9036,363 +9037,359 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>586793</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>110</x:v>
-[...1 lines deleted...]
-      <x:c r="C120" s="15" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C120" s="15" t="n">
+        <x:v>40604</x:v>
+      </x:c>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s"/>
-      <x:c r="F120" s="14" t="s"/>
+      <x:c r="E120" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="F120" s="14" t="s">
+        <x:v>290</x:v>
+      </x:c>
       <x:c r="G120" s="14" t="s">
-        <x:v>281</x:v>
-[...1 lines deleted...]
-      <x:c r="H120" s="14" t="s"/>
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s">
+        <x:v>292</x:v>
+      </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>282</x:v>
-[...1 lines deleted...]
-      <x:c r="J120" s="14" t="s"/>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="J120" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>44003</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>586708</x:v>
+        <x:v>583603</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>586715</x:v>
+        <x:v>586708</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>586798</x:v>
+        <x:v>586715</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>586801</x:v>
+        <x:v>586798</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>586803</x:v>
+        <x:v>586801</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>295</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
-      <x:c r="E125" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>298</x:v>
-[...2 lines deleted...]
-        <x:v>299</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>44003</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>583603</x:v>
+        <x:v>586803</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
@@ -9450,51 +9447,51 @@
       <x:c r="M127" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>586714</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
@@ -9503,102 +9500,102 @@
       <x:c r="M128" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>586802</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>614861</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -10513,51 +10510,51 @@
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>586703</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -10675,97 +10672,97 @@
       <x:c r="M150" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>586716</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>586796</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
@@ -10885,51 +10882,51 @@
       <x:c r="M154" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>582032</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10939,51 +10936,51 @@
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>44005</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>599769</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
@@ -11570,163 +11567,161 @@
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>612248</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>38226</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
-      <x:c r="E167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>608189</x:v>
+        <x:v>613175</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>38226</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s"/>
+      <x:c r="E168" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>339</x:v>
-[...1 lines deleted...]
-      <x:c r="H168" s="14" t="s"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>613175</x:v>
+        <x:v>608189</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>42</x:v>
@@ -11742,163 +11737,165 @@
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>611137</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E170" s="14" t="s"/>
+      <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>616141</x:v>
+        <x:v>611083</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
+      <x:c r="E171" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F171" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>611083</x:v>
+        <x:v>616141</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
@@ -12379,51 +12376,51 @@
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>610708</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>37</x:v>
@@ -12489,269 +12486,269 @@
       <x:c r="M182" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>564877</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>599872</x:v>
+        <x:v>502692</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>197</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>198</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
-      <x:c r="E184" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>370</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>502692</x:v>
+        <x:v>610707</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>610707</x:v>
+        <x:v>610709</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>324</x:v>
-[...1 lines deleted...]
-      <x:c r="C186" s="15" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C186" s="15" t="n">
+        <x:v>41000</x:v>
+      </x:c>
       <x:c r="D186" s="15" t="s"/>
-      <x:c r="E186" s="14" t="s"/>
+      <x:c r="E186" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>326</x:v>
-[...1 lines deleted...]
-      <x:c r="J186" s="14" t="s"/>
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="J186" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>610709</x:v>
+        <x:v>599872</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -13142,51 +13139,51 @@
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>551964</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -13199,51 +13196,51 @@
       <x:c r="M195" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>556584</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -13548,160 +13545,163 @@
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>611081</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
-      <x:c r="E202" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E202" s="14" t="s"/>
+      <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>399</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>601743</x:v>
+        <x:v>590153</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
+      <x:c r="E203" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F203" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>590153</x:v>
+        <x:v>601743</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
@@ -13767,51 +13767,51 @@
       <x:c r="L205" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>590154</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
@@ -13835,51 +13835,51 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>609283</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>42</x:v>
@@ -14383,96 +14383,96 @@
       <x:c r="R215" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>602679</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G216" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>583671</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -14611,69 +14611,69 @@
       <x:c r="M219" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>556835</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G220" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -15152,51 +15152,51 @@
       <x:c r="M229" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>613551</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
@@ -15481,257 +15481,261 @@
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>613586</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
-      <x:c r="E236" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E236" s="14" t="s"/>
+      <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>51</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>580268</x:v>
+        <x:v>613547</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C237" s="3" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C237" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D237" s="3" t="s"/>
+      <x:c r="E237" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F237" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H237" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J237" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>613542</x:v>
+        <x:v>580268</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>613546</x:v>
+        <x:v>613542</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>613547</x:v>
+        <x:v>613546</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
@@ -16121,151 +16125,151 @@
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>615080</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>40278</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>31814</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>608228</x:v>
+        <x:v>615074</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>40278</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>615074</x:v>
+        <x:v>608228</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -16728,496 +16732,494 @@
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>585837</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>459</x:v>
-[...1 lines deleted...]
-      <x:c r="C259" s="3" t="s"/>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C259" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D259" s="3" t="s"/>
+      <x:c r="E259" s="0" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="F259" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="J259" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="Q259" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="Q259" s="4" t="s">
+      <x:c r="R259" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="S259" s="0" t="n">
+        <x:v>583672</x:v>
+      </x:c>
+      <x:c r="T259" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="R259" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
-      <x:c r="E260" s="14" t="s"/>
-      <x:c r="F260" s="14" t="s"/>
+      <x:c r="E260" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="F260" s="14" t="s">
+        <x:v>290</x:v>
+      </x:c>
       <x:c r="G260" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="Q260" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="Q260" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>616471</x:v>
+        <x:v>583673</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="I261" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="H261" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="Q261" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="Q261" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>602504</x:v>
+        <x:v>609027</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>110</x:v>
-[...1 lines deleted...]
-      <x:c r="C262" s="15" t="s"/>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C262" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="I262" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="H262" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="J262" s="14" t="s"/>
+      <x:c r="J262" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K262" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="Q262" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="Q262" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>609027</x:v>
+        <x:v>602504</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>427</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
-      <x:c r="E263" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="Q263" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="Q263" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>583672</x:v>
+        <x:v>611299</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
-      <x:c r="E264" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E264" s="14" t="s"/>
+      <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="Q264" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="Q264" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>583673</x:v>
+        <x:v>616471</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="J265" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>613243</x:v>
+        <x:v>612757</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>110</x:v>
-[...1 lines deleted...]
-      <x:c r="C266" s="15" t="s"/>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C266" s="15" t="n">
+        <x:v>41394</x:v>
+      </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="J266" s="14" t="s"/>
+      <x:c r="J266" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>612757</x:v>
+        <x:v>613243</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
@@ -17354,161 +17356,159 @@
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>607580</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C270" s="15" t="s"/>
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="C270" s="15" t="n">
+        <x:v>40298</x:v>
+      </x:c>
       <x:c r="D270" s="15" t="s"/>
-      <x:c r="E270" s="14" t="s"/>
+      <x:c r="E270" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="J270" s="14" t="s"/>
+      <x:c r="J270" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="K270" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>31875</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>607998</x:v>
+        <x:v>601047</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>380</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
-      <x:c r="E271" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="J271" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>31875</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>601047</x:v>
+        <x:v>607998</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
@@ -17580,51 +17580,51 @@
       <x:c r="M273" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>547824</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -17691,51 +17691,51 @@
       <x:c r="M275" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>544714</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -17802,51 +17802,51 @@
       <x:c r="M277" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>544713</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
@@ -17974,54 +17974,54 @@
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>547829</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18031,51 +18031,51 @@
       <x:c r="M281" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>564386</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
@@ -18305,54 +18305,54 @@
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>610710</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>37</x:v>
@@ -18407,54 +18407,54 @@
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>610714</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>37</x:v>
@@ -19241,54 +19241,54 @@
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>570869</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -20320,54 +20320,54 @@
       <x:c r="L323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>616347</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G324" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -20437,51 +20437,51 @@
       <x:c r="L325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>613007</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
@@ -20512,54 +20512,54 @@
       <x:c r="R326" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>595133</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>31875</x:v>
       </x:c>
@@ -20677,51 +20677,51 @@
       <x:c r="L329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>612250</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>41352</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
@@ -20739,51 +20739,51 @@
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>607835</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>41352</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -20906,51 +20906,51 @@
       <x:c r="L333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>587780</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
@@ -20968,51 +20968,51 @@
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>556161</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -21095,202 +21095,202 @@
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>538971</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
-        <x:v>41352</x:v>
+        <x:v>38451</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>607624</x:v>
+        <x:v>608556</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
-        <x:v>38451</x:v>
+        <x:v>41352</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>608556</x:v>
+        <x:v>607624</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>587781</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
@@ -21427,51 +21427,51 @@
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>589917</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>41352</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>32054</x:v>
@@ -21532,51 +21532,51 @@
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>556162</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>39841</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -21974,51 +21974,51 @@
       <x:c r="M352" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>606640</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>37</x:v>
@@ -22189,51 +22189,51 @@
       <x:c r="M356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>552407</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -22246,51 +22246,51 @@
       <x:c r="M357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>552420</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -22311,51 +22311,51 @@
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>595120</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>28</x:v>
@@ -22478,51 +22478,51 @@
       <x:c r="M361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>552418</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
@@ -22829,51 +22829,51 @@
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>499716</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -22940,51 +22940,51 @@
       <x:c r="M369" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>556778</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
         <x:v>372</x:v>
@@ -23063,102 +23063,102 @@
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>596892</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>552435</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
@@ -23993,54 +23993,54 @@
       <x:c r="R387" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>610220</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G388" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -25192,54 +25192,54 @@
       <x:c r="R408" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>616359</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -25535,51 +25535,51 @@
       <x:c r="M414" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>549473</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>