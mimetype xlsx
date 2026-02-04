--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -503,51 +503,51 @@
   <x:si>
     <x:t>CQP chef de site en propreté</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion entreprise nettoyage</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Module Spécialisation Bionettoyage et entretien des locaux en établissement de soins</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>AFPA - FILIALE ENTREPRISE</x:t>
+    <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP propreté et prévention des biocontaminations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent d'entretien et de rénovation en propreté (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef d'équipe en propreté (Apprentissage)</x:t>
   </x:si>
@@ -632,57 +632,57 @@
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Entretien et la rénovation des sols en marbre - sans chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>Entretien sol</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2025 00:00:00</x:t>
   </x:si>
@@ -3191,285 +3191,285 @@
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>588005</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>39356</x:v>
+        <x:v>35552</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>607266</x:v>
+        <x:v>607276</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>39938</x:v>
+        <x:v>39356</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>581592</x:v>
+        <x:v>607266</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>40312</x:v>
+        <x:v>39938</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>607272</x:v>
+        <x:v>581592</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>35552</x:v>
+        <x:v>40312</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>42093</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>607276</x:v>
+        <x:v>607272</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -3829,161 +3829,161 @@
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>557863</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>39938</x:v>
+        <x:v>40309</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>42093</x:v>
+        <x:v>42086</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>498321</x:v>
+        <x:v>609387</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>40309</x:v>
+        <x:v>39938</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>42086</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>609387</x:v>
+        <x:v>548661</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>182</x:v>
@@ -3997,54 +3997,54 @@
       <x:c r="K46" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>548661</x:v>
+        <x:v>498321</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -5059,51 +5059,51 @@
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>498325</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>183</x:v>
@@ -5120,51 +5120,51 @@
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>548662</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -5185,107 +5185,107 @@
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>585106</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>39938</x:v>
+        <x:v>37872</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>42093</x:v>
+        <x:v>42069</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>454901</x:v>
+        <x:v>585107</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -5295,118 +5295,118 @@
       <x:c r="K69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>585107</x:v>
+        <x:v>591813</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>37872</x:v>
+        <x:v>39938</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>42069</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>591813</x:v>
+        <x:v>454901</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -5480,57 +5480,57 @@
       <x:c r="K72" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>454902</x:v>
+        <x:v>498329</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -5540,57 +5540,57 @@
       <x:c r="K73" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>498329</x:v>
+        <x:v>454902</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>183</x:v>
@@ -5607,51 +5607,51 @@
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>548659</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -5964,166 +5964,168 @@
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>498317</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>37872</x:v>
+        <x:v>39938</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
+      <x:c r="E81" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>42069</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>616435</x:v>
+        <x:v>548660</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>39938</x:v>
+        <x:v>37872</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>181</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>42093</x:v>
+        <x:v>42069</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>548660</x:v>
+        <x:v>616435</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>183</x:v>
       </x:c>