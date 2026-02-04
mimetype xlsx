--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -326,92 +326,92 @@
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pédagogie initiale et commune de formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Marseille des Secouristes Français de la Croix Blanche</x:t>
   </x:si>
   <x:si>
     <x:t>AMS CROIX BLANCHE</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/16/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention physique fondamentale et applications parcours physique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention physique fondamentale et applications parcours optics &amp; photonics (Europhotonics)</x:t>
+  </x:si>
+  <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention physique fondamentale et applications parcours optics &amp; photonics (Europhotonics)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
@@ -440,65 +440,65 @@
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Développement de compétences en formation professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Justine Dupuis</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique hospitalière , Profession libérale , Représentant du personnel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Préparation à l'agrégation d'Arts platiques</x:t>
   </x:si>
   <x:si>
     <x:t>Formation enseignant</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 3e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Dc Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2019 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Parentalité Créative</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
@@ -521,75 +521,75 @@
   <x:si>
     <x:t>CHATEAUNEUF VILLEVIEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>Préparation à l’agrégation de lettres classiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation de lettres modernes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation de musique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation de philosophie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation de grammaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation d’Histoire</x:t>
+  </x:si>
+  <x:si>
     <x:t>Préparation à l’agrégation d’Italien</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Préparation à l’agrégation d’Allemand</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>Préparation à l’agrégation de philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1690,51 +1690,51 @@
       <x:c r="K12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>600757</x:v>
+        <x:v>600758</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>83</x:v>
@@ -1742,51 +1742,51 @@
       <x:c r="K13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>600758</x:v>
+        <x:v>600757</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
@@ -1807,167 +1807,167 @@
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>574989</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>574990</x:v>
+        <x:v>574988</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>574988</x:v>
+        <x:v>574990</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -2202,51 +2202,51 @@
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>581571</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
@@ -2312,155 +2312,154 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>613996</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="C24" s="15" t="s"/>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="n">
+        <x:v>38994</x:v>
+      </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="J24" s="14" t="s"/>
+      <x:c r="J24" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>44583</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>598352</x:v>
+        <x:v>574991</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>89</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="J25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>574991</x:v>
+        <x:v>598352</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
@@ -2494,51 +2493,51 @@
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>583420</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -2549,51 +2548,51 @@
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>579252</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -2714,445 +2713,445 @@
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>598356</x:v>
+        <x:v>598357</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>598358</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>598353</x:v>
+        <x:v>598359</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>598355</x:v>
+        <x:v>598360</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>598359</x:v>
+        <x:v>608326</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>608326</x:v>
+        <x:v>598355</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>598357</x:v>
+        <x:v>598356</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>598360</x:v>
+        <x:v>598353</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>