--- v0 (2026-03-21)
+++ v1 (2026-03-21)
@@ -335,110 +335,110 @@
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention mathématiques appliquées, statistique parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention mathématiques et applications parcours  informatique et mathématiques discrètes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention bio-géosciences parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention mathématiques appliquées, statistique parcours compétences complémentaires en informatique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Musicien enseignant</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle de la Musique - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>CFPM</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>Formation formateur art</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours Data Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours analyse de modèles déterministes et aléatoires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention mathématiques et applications parcours mathématiques fondamentales</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours ingénierie mathématiques et sciences actuarielles</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention bio-géosciences parcours préparation à l'agrégation SV-STU</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours didactique des mathématiques</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention mathématiques et applications parcours mathématiques fondamentales</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Préparation à l'agrégation d'Arts platiques</x:t>
   </x:si>
   <x:si>
     <x:t>Formation enseignant</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours mathématiques appliquées et sciences sociales (MASS) - Analyse des populations</x:t>
   </x:si>
   <x:si>
     <x:t>Formation de formateur art - Accompagner l'expression et la créativité dans un atelier de peinture libre</x:t>
   </x:si>
   <x:si>
     <x:t>Actions Globales d'Enseignement de Soutien Culturel et Artistique</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">AGESCA </x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
@@ -560,138 +560,138 @@
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention humanités</x:t>
   </x:si>
   <x:si>
     <x:t>Culture civilisation</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>master mention philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>Philosophie</x:t>
   </x:si>
   <x:si>
+    <x:t>Préparation à l’agrégation de philosophie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation de lettres classiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention français langue étrangère parcours didactique du Français Langue Etrangère et Seconde : approches critiques et innovations pédagogiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation de lettres modernes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention philosophie parcours philosophie pratique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation de musique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation d’Allemand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation de grammaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention français langue étrangère parcours coopération linguistique et éducative</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation d’Italien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention humanités parcours humanités</x:t>
+  </x:si>
+  <x:si>
     <x:t>Préparation à l’agrégation d’Histoire</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Formateur habilitation électrique, véhicules et engins électriques ou hybrides NFC18550</x:t>
   </x:si>
   <x:si>
     <x:t>Acfitec</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, véhicules et engins électriques ou hybrides NFC18550 - recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/23/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -2071,205 +2071,205 @@
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>592112</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>39416</x:v>
+        <x:v>38963</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>11040</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>592125</x:v>
+        <x:v>595484</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>38963</x:v>
+        <x:v>39493</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>595484</x:v>
+        <x:v>592111</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>39493</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>11036</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>592111</x:v>
+        <x:v>592125</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -2466,207 +2466,207 @@
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>581566</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>39416</x:v>
+        <x:v>39493</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>11040</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>574969</x:v>
+        <x:v>581565</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38963</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>581556</x:v>
+        <x:v>574969</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>39493</x:v>
+        <x:v>38963</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>11036</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>581565</x:v>
+        <x:v>581556</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -2867,266 +2867,266 @@
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>588103</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>39493</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>11036</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>574967</x:v>
+        <x:v>574974</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38963</x:v>
+        <x:v>39493</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>574943</x:v>
+        <x:v>574967</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>39416</x:v>
+        <x:v>38963</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>11040</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>574970</x:v>
+        <x:v>574943</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>574973</x:v>
+        <x:v>574970</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
@@ -3141,51 +3141,51 @@
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>574974</x:v>
+        <x:v>574973</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>82</x:v>
@@ -3522,198 +3522,198 @@
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>602915</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>602900</x:v>
+        <x:v>602910</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>602958</x:v>
+        <x:v>602900</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>602910</x:v>
+        <x:v>602958</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -4349,51 +4349,51 @@
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>598355</x:v>
+        <x:v>598360</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -4404,323 +4404,324 @@
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>598360</x:v>
+        <x:v>598357</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="C61" s="3" t="s"/>
+      <x:c r="C61" s="3" t="n">
+        <x:v>39506</x:v>
+      </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
+      <x:c r="J61" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>44583</x:v>
+        <x:v>15235</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>598357</x:v>
+        <x:v>575533</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>15235</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>575533</x:v>
+        <x:v>602899</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>44554</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>602899</x:v>
+        <x:v>598358</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C64" s="15" t="s"/>
+      <x:c r="C64" s="15" t="n">
+        <x:v>40548</x:v>
+      </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="J64" s="14" t="s"/>
+      <x:c r="J64" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>44583</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>598358</x:v>
+        <x:v>575780</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C65" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="J65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>575780</x:v>
+        <x:v>598359</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -4731,51 +4732,51 @@
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>598359</x:v>
+        <x:v>598353</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>82</x:v>
@@ -4783,275 +4784,273 @@
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>598353</x:v>
+        <x:v>608326</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C68" s="15" t="s"/>
+      <x:c r="C68" s="15" t="n">
+        <x:v>39506</x:v>
+      </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="J68" s="14" t="s"/>
+      <x:c r="J68" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>44583</x:v>
+        <x:v>15235</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>608326</x:v>
+        <x:v>575532</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C69" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="J69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>15235</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>575532</x:v>
+        <x:v>598356</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C70" s="15" t="s"/>
+      <x:c r="C70" s="15" t="n">
+        <x:v>39479</x:v>
+      </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="J70" s="14" t="s"/>
+      <x:c r="J70" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>44583</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>598356</x:v>
+        <x:v>575537</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C71" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="J71" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>575537</x:v>
+        <x:v>598355</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>178</x:v>
@@ -5264,310 +5263,310 @@
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>597983</x:v>
+        <x:v>597985</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>597984</x:v>
+        <x:v>597975</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>597985</x:v>
+        <x:v>597977</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>597975</x:v>
+        <x:v>597981</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>597977</x:v>
+        <x:v>597983</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>597981</x:v>
+        <x:v>597984</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>