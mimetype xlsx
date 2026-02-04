--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -530,186 +530,186 @@
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité génie mécanique et productique parcours innovation pour l'industrie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Travail matériau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie mécanique et productique parcours innovation pour l'industrie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon - IUT La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie mécanique et productique parcours simulation numérique et réalité virtuelle (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie mécanique et productique parcours simulation numérique et réalité virtuelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Certification ACQPA FROSIO – Inspecteur en anticorrosion par revêtement</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>Peinture industrielle</x:t>
   </x:si>
   <x:si>
-    <x:t>LA GARDE</x:t>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité génie mécanique et productique parcours innovation pour l'industrie</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours conception et production durables</x:t>
   </x:si>
   <x:si>
     <x:t>ABAQUS UNIFIE INITIATION</x:t>
   </x:si>
   <x:si>
     <x:t>3d Ingénierie Systèmes</x:t>
   </x:si>
   <x:si>
     <x:t>3DIS</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
     <x:t>Calcul élément fini</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Résistance des matériaux - Avancés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résistance matériau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie mécanique et productique parcours conception et production durable (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résistance des matériaux - Les bases</x:t>
+  </x:si>
+  <x:si>
     <x:t>Abaqus standard/explicit - initiation</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>BUT spécialité génie mécanique et productique parcours conception et production durable (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours conception et production durable</x:t>
   </x:si>
   <x:si>
     <x:t>Abaqus CAE - initiation</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -3217,164 +3217,165 @@
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>515638</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38416</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>23021</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>547701</x:v>
+        <x:v>585573</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38416</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
+      <x:c r="E37" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>23021</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>585573</x:v>
+        <x:v>547701</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
@@ -4096,618 +4097,618 @@
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>605690</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C51" s="3" t="s"/>
+      <x:c r="C51" s="3" t="n">
+        <x:v>35463</x:v>
+      </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="H51" s="0" t="s">
+      <x:c r="I51" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="I51" s="4" t="s">
+      <x:c r="J51" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="K51" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L51" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M51" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N51" s="3" t="n">
+        <x:v>23054</x:v>
+      </x:c>
+      <x:c r="O51" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="K51" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="O51" s="0" t="s">
+      <x:c r="P51" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="P51" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>612317</x:v>
+        <x:v>596736</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s"/>
+      <x:c r="E52" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="H52" s="14" t="s"/>
+      <x:c r="H52" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="R52" s="14" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="S52" s="14" t="n">
+        <x:v>556139</x:v>
+      </x:c>
+      <x:c r="T52" s="16" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="U52" s="16" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>35463</x:v>
+        <x:v>35466</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>556139</x:v>
+        <x:v>556140</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
-      <x:c r="E54" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>556140</x:v>
+        <x:v>596734</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>35466</x:v>
+        <x:v>40815</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>31380</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>596734</x:v>
+        <x:v>592790</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>40815</x:v>
+        <x:v>35463</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s"/>
+      <x:c r="E56" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="H56" s="14" t="s"/>
+      <x:c r="H56" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>31380</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>592790</x:v>
+        <x:v>602545</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>35463</x:v>
+        <x:v>35466</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>602545</x:v>
+        <x:v>602546</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>174</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>171</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>23054</x:v>
+        <x:v>23053</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>602546</x:v>
+        <x:v>612315</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>23053</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>612315</x:v>
+        <x:v>612317</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>40815</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>31380</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>605780</x:v>
+        <x:v>550242</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -4720,57 +4721,57 @@
       <x:c r="K61" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>550242</x:v>
+        <x:v>605689</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>145</x:v>
@@ -4781,1345 +4782,1348 @@
       <x:c r="K62" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>605689</x:v>
+        <x:v>500988</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>40815</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>31380</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>500988</x:v>
+        <x:v>605780</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>35466</x:v>
+        <x:v>35463</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>596733</x:v>
+        <x:v>596735</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>35467</x:v>
+        <x:v>35466</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>596737</x:v>
+        <x:v>596733</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>35463</x:v>
+        <x:v>35467</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>596735</x:v>
+        <x:v>596737</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>23576</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>532892</x:v>
+        <x:v>532881</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>23576</x:v>
+        <x:v>23546</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>532984</x:v>
+        <x:v>533916</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="C69" s="3" t="s"/>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C69" s="3" t="n">
+        <x:v>35467</x:v>
+      </x:c>
       <x:c r="D69" s="3" t="s"/>
+      <x:c r="E69" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="J69" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>23546</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>533836</x:v>
+        <x:v>509935</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>168</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>171</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>23054</x:v>
+        <x:v>23546</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>509934</x:v>
+        <x:v>533842</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>23546</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>533842</x:v>
+        <x:v>533836</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>184</x:v>
-[...1 lines deleted...]
-      <x:c r="C72" s="15" t="s"/>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C72" s="15" t="n">
+        <x:v>35463</x:v>
+      </x:c>
       <x:c r="D72" s="15" t="s"/>
-      <x:c r="E72" s="14" t="s"/>
+      <x:c r="E72" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>187</x:v>
-[...1 lines deleted...]
-      <x:c r="J72" s="14" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="J72" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>23576</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>532881</x:v>
+        <x:v>509934</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>23546</x:v>
+        <x:v>23576</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>533916</x:v>
+        <x:v>532984</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>35467</x:v>
+        <x:v>35463</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>509935</x:v>
+        <x:v>575968</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>161</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-        <x:v>91</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>23576</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>575968</x:v>
+        <x:v>532998</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>191</x:v>
-[...1 lines deleted...]
-      <x:c r="C76" s="15" t="s"/>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C76" s="15" t="n">
+        <x:v>35463</x:v>
+      </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s"/>
+      <x:c r="E76" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>187</x:v>
-[...1 lines deleted...]
-      <x:c r="J76" s="14" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="J76" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>23576</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>532998</x:v>
+        <x:v>453850</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>453850</x:v>
+        <x:v>554927</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>168</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
-      <x:c r="E78" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>171</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>23054</x:v>
+        <x:v>23546</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>554927</x:v>
+        <x:v>533913</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>197</x:v>
-[...1 lines deleted...]
-      <x:c r="C79" s="3" t="s"/>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="n">
+        <x:v>35466</x:v>
+      </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="J79" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>23546</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>533913</x:v>
+        <x:v>575969</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>35466</x:v>
+        <x:v>35467</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>575969</x:v>
+        <x:v>575967</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>35467</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
+      <x:c r="E81" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>575967</x:v>
+        <x:v>453849</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>198</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>171</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>23054</x:v>
+        <x:v>23576</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>453849</x:v>
+        <x:v>532966</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>23576</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>532966</x:v>
+        <x:v>532969</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>23576</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>532969</x:v>
+        <x:v>532892</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>603839</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>