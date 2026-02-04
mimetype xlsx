--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -644,90 +644,90 @@
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours conception et production durables</x:t>
   </x:si>
   <x:si>
     <x:t>ABAQUS UNIFIE INITIATION</x:t>
   </x:si>
   <x:si>
     <x:t>3d Ingénierie Systèmes</x:t>
   </x:si>
   <x:si>
     <x:t>3DIS</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>Calcul élément fini</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Abaqus standard/explicit - initiation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résistance des matériaux - Les bases</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résistance matériau</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
   </x:si>
   <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résistance des matériaux - Avancés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie mécanique et productique parcours conception et production durable (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie mécanique et productique parcours conception et production durable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abaqus CAE - initiation</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>Abaqus CAE - initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -3217,165 +3217,164 @@
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>515638</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38416</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s"/>
+      <x:c r="E36" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>23021</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>585573</x:v>
+        <x:v>547701</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38416</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>23021</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>547701</x:v>
+        <x:v>585573</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
@@ -3666,57 +3665,57 @@
       <x:c r="K43" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>609739</x:v>
+        <x:v>556870</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>135</x:v>
@@ -3727,57 +3726,57 @@
       <x:c r="K44" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>508946</x:v>
+        <x:v>609739</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -3787,57 +3786,57 @@
       <x:c r="K45" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>556870</x:v>
+        <x:v>508946</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -4614,161 +4613,161 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>612315</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>37405</x:v>
+        <x:v>40815</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>31380</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>550242</x:v>
+        <x:v>605780</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>40815</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>31380</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>605780</x:v>
+        <x:v>550242</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>144</x:v>
@@ -5073,1064 +5072,1063 @@
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>532892</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>168</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>171</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>23054</x:v>
+        <x:v>23576</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>603839</x:v>
+        <x:v>532984</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>23576</x:v>
+        <x:v>23546</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>532881</x:v>
+        <x:v>533836</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>194</x:v>
-[...1 lines deleted...]
-      <x:c r="C70" s="15" t="s"/>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C70" s="15" t="n">
+        <x:v>35463</x:v>
+      </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s"/>
+      <x:c r="E70" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>187</x:v>
-[...1 lines deleted...]
-      <x:c r="J70" s="14" t="s"/>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="J70" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>23546</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="P70" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="P70" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>533916</x:v>
+        <x:v>509934</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>196</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
-      <x:c r="E71" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>171</x:v>
-[...2 lines deleted...]
-        <x:v>91</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>23546</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>509935</x:v>
+        <x:v>533842</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>23576</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>532984</x:v>
+        <x:v>532881</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>23546</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>533836</x:v>
+        <x:v>533916</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>35463</x:v>
+        <x:v>35467</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>509934</x:v>
+        <x:v>509935</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>199</x:v>
-[...1 lines deleted...]
-      <x:c r="C75" s="3" t="s"/>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="n">
+        <x:v>35463</x:v>
+      </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="J75" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>23546</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>533842</x:v>
+        <x:v>575968</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>161</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>23054</x:v>
+        <x:v>23576</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>575968</x:v>
+        <x:v>532998</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="C77" s="3" t="s"/>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C77" s="3" t="n">
+        <x:v>35463</x:v>
+      </x:c>
       <x:c r="D77" s="3" t="s"/>
+      <x:c r="E77" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="J77" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>23576</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>532998</x:v>
+        <x:v>453850</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>453850</x:v>
+        <x:v>554927</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>168</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
-      <x:c r="E79" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>171</x:v>
-[...2 lines deleted...]
-        <x:v>91</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>23546</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>554927</x:v>
+        <x:v>533913</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>194</x:v>
-[...1 lines deleted...]
-      <x:c r="C80" s="15" t="s"/>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C80" s="15" t="n">
+        <x:v>35466</x:v>
+      </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>187</x:v>
-[...1 lines deleted...]
-      <x:c r="J80" s="14" t="s"/>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="J80" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>23546</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>533913</x:v>
+        <x:v>575969</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>35466</x:v>
+        <x:v>35467</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>575969</x:v>
+        <x:v>575967</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>35467</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s"/>
+      <x:c r="E82" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>575967</x:v>
+        <x:v>453849</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>196</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
-      <x:c r="E83" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>171</x:v>
-[...2 lines deleted...]
-        <x:v>91</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>23576</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>453849</x:v>
+        <x:v>532966</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>23576</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>532966</x:v>
+        <x:v>532969</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>204</x:v>
-[...1 lines deleted...]
-      <x:c r="C85" s="3" t="s"/>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C85" s="3" t="n">
+        <x:v>35463</x:v>
+      </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="J85" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>23576</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>532969</x:v>
+        <x:v>603839</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>