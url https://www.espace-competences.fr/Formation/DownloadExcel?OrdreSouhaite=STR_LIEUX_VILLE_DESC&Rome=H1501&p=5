--- v0 (2026-02-03)
+++ v1 (2026-03-22)
@@ -233,252 +233,252 @@
   <x:si>
     <x:t>ST PAUL LES DURANCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation professionnelle continue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention ingénierie de la santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualité hygiène sécurité environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention ingénierie de la santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention instrumentation, mesure, métrologie parcours ingénierie en instrumentation industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours instrumentation des moyens d'essai</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours microcapteurs et microélectronique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours commercialisation en instrumentation scientifique</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention instrumentation, mesure, métrologie parcours ingénierie en instrumentation industrielle</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LPO M Gasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>LT de chimie biologie</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée M Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 05</x:t>
+  </x:si>
+  <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE CEDEX 05</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>master mention humanités médicales</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention humanités médicales parcours addictologie de la cellule au comportement humain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention humanités médicales parcours approches éthiques, déontologiques et déontologiques en santé</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention humanités médicales parcours Homme et vieillissement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé parcours médicaments et produits de santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé parcours prévention des risques et nuisances technologiques</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Master mention humanités médicales parcours addictologie de la cellule au comportement humain</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent de la Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
@@ -1509,267 +1509,270 @@
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>591937</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C9" s="3" t="s"/>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="n">
+        <x:v>39433</x:v>
+      </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="J9" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>591953</x:v>
+        <x:v>591171</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>60</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>591171</x:v>
+        <x:v>592094</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>592094</x:v>
+        <x:v>540578</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>60</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>62</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L12" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M12" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N12" s="15" t="n">
+        <x:v>12081</x:v>
+      </x:c>
+      <x:c r="O12" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P12" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q12" s="16" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="R12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="L12" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>540578</x:v>
+        <x:v>591953</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
@@ -1832,278 +1835,278 @@
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>591940</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>574963</x:v>
+        <x:v>574962</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>574964</x:v>
+        <x:v>574963</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>577647</x:v>
+        <x:v>574964</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>574962</x:v>
+        <x:v>577647</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
@@ -2330,261 +2333,262 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>591878</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>43</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>31407</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>592093</x:v>
+        <x:v>591942</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C25" s="3" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="n">
+        <x:v>39433</x:v>
+      </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="J25" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>591942</x:v>
+        <x:v>592093</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>595452</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>581563</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
@@ -2598,329 +2602,329 @@
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>591949</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>576215</x:v>
+        <x:v>576204</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>576218</x:v>
+        <x:v>576215</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="C31" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>575042</x:v>
+        <x:v>576218</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>575043</x:v>
+        <x:v>575042</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C33" s="3" t="s"/>
+      <x:c r="C33" s="3" t="n">
+        <x:v>39433</x:v>
+      </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>576204</x:v>
+        <x:v>575043</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">