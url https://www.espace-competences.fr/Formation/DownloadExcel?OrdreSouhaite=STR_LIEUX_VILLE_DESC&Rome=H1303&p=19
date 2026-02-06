--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -275,62 +275,62 @@
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Radioprotection</x:t>
   </x:si>
   <x:si>
     <x:t>Commissariat à l'Energie Atomique et aux Energies Alternatives</x:t>
   </x:si>
   <x:si>
     <x:t>91400</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-PAUL-LES-DURANCE</x:t>
   </x:si>
   <x:si>
+    <x:t>08/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/29/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention métiers de la radioprotection et de la sécurité nucléaire parcours contrôle des rayonnements ionisants et application des techniques de protection</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certification nucléaire - Option Centre de Recherche (CR) - Prévention des Risques (PR) - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Trihom</x:t>
@@ -398,113 +398,113 @@
   <x:si>
     <x:t>Réglementation santé sécurité travail</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenir et actualiser les compétences acteur en Sauvetage Secourisme du Travail (SST) - PRS002</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>Accident travail maladie professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir acteur en Sauvetage Secourisme du Travail (SST) - PRS001</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/19/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS métiers des services à l'environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>Pollution atmosphérique</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/09/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Agent de sécurité (MAC APS) + Sauveteur secouriste du travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>NG Formations - Ngnear</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique BF-HF</x:t>
@@ -584,110 +584,110 @@
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention physique</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention sciences de la vie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode physico-chimique analyse</x:t>
   </x:si>
   <x:si>
-    <x:t>licence mention sciences de la vie</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>licence mention chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Animateur qualité sécurité environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Animation environnement</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/13/2026 00:00:00</x:t>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/30/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
@@ -746,158 +746,158 @@
   <x:si>
     <x:t>Licence pro mention génie des procédés et bioprocédés industriels parcours procédés chimiques et pharmaceutiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Génie chimique</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
+    <x:t>04/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Être membre du CSE - Formation initiale santé sécurité et conditions de travail - PRA050</x:t>
   </x:si>
   <x:si>
     <x:t>Comité social économique</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/09/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Membre de la Commission Santé Sécurité Conditions de Travail du CSE des entreprises de plus de 300 salariés : renouvellement de la formation santé-sécurité et conditions de travail - PRA053</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Membre du CSE : renouvellement de la formation santé-sécurité et conditions de travail - PRA052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Améliorer sa démarche de gestion des entreprises extérieures - Plan de prévention - PRA006</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité intervention extérieure</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Membre du CSE : renouvellement de la formation santé-sécurité et conditions de travail - PRA052</x:t>
-[...2 lines deleted...]
-    <x:t>05/07/2026 00:00:00</x:t>
+    <x:t>Licence mention physique, chimie parcours physique-chimie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers des services à l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-13e</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention métiers de la protection et de la gestion de l'environnement parcours éco-RSE : responsabilité sociétale des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences de la terre</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité - MAC APS</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel - CFA Régional Propreté Environnement Hygiène - Antenne Marseille</x:t>
@@ -929,59 +929,59 @@
   <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours systèmes de management QHSE en filière viti-vinicole</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la santé : technologies parcours maintenance et technologie biomédicales</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion données massives</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention chimie parcours chimie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours biodiversité et écologie</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences naturelles</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention chimie parcours chimie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours qualité et bonnes pratiques de fabrication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">MAC APS - Maintien et Actualisation des compétences - Renouvellement carte agent privé de sécurité </x:t>
   </x:si>
   <x:si>
     <x:t>Institut Universel de Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/28/2026 00:00:00</x:t>
@@ -1184,59 +1184,59 @@
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours terre</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et ses interactions</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours environnement, pollutions et milieux</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours métiers de la biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre mention sciences de la vie et de la terre parcours CUPGE « Agro-Véto »</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours neurosciences</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de la vie parcours plurisciences</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours sciences biologiques et géologiques</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie, biologie cellulaire et physiologie</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences de la vie parcours plurisciences</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chargé de prévention : s'approprier les fondamentaux de la mission</x:t>
   </x:si>
   <x:si>
     <x:t>Organisation Professionnelle de la Prévention dans le Bâtiment et Travaux Publics</x:t>
   </x:si>
   <x:si>
     <x:t>OPPBTP</x:t>
   </x:si>
   <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
     <x:t>Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Référent prévention : maîtriser sa mission pour accompagner l'entreprise en cinq jours</x:t>
@@ -1286,137 +1286,137 @@
   <x:si>
     <x:t>Prévention éducation santé</x:t>
   </x:si>
   <x:si>
     <x:t>LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>MAC APS + secourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>IFPST</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
-    <x:t>LA GARDE</x:t>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon - IUT La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie parcours biochimie et génie biologique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/15/2026 00:00:00</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Monter, utiliser et démonter des échafaudages roulants</x:t>
   </x:si>
   <x:si>
     <x:t>Bma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>Risque professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>LA FARLEDE</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité hygiène-sécurité-environnement parcours science du danger et management des risques professionnels, technologiques et environnementaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Management environnemental</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence pro mention métiers de la radioprotection et de la sécurité nucléaire</x:t>
   </x:si>
   <x:si>
-    <x:t>LA CIOTAT CEDEX</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité hygiène-sécurité-environnement parcours science du danger et management des risques professionnels, technologiques et environnementaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité hygiène-sécurité-environnement parcours science du danger et management des risques professionnels technologiques et environnementaux</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'eau (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Traitement eau</x:t>
@@ -1442,68 +1442,68 @@
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Educ'Altitudes</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Évaluer et prévenir les risques psycho-sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupement Inter Entreprise de Sécurité (GIES 1)  + Groupement Inter Entreprise de Sécurité (GIES 2) + Espaces confinés (ECI ECV) +  Groupement Technique Inter Sociétés (GTIS) - Niveau 1 + Habilitation électrique 1.2 BR BC +  Travaux hauteur +  ATEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atout Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOS-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Inter Entreprises de Sécurité (GIES 1) + Groupe Inter Entreprises de Sécurité (GIES 2) + ECI ECV + GTIS + Travaux hauteur + H0B0 + ATEX 1 + Habilitations électriques 1.2 BC BC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupement Inter Entreprise de Sécurité (GIES 1 + GIES 2) + espaces confinés + Atex 0</x:t>
   </x:si>
   <x:si>
-    <x:t>Atout Conseil</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Atmosphère explosive niveau 1 - ATEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Réception échafaudage</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'eau</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Pierre Gilles de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
@@ -1529,60 +1529,60 @@
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'aliment et biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA qualité, alimentation, innovation et maîtrise sanitaire option aliments et processus technologiques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Pétrarque</x:t>
   </x:si>
   <x:si>
     <x:t>Ifria Sud Paca - CFA Ifria Sud Paca</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique François Pétrarque</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de la vie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme Universitaire cancer travail et environnement</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>CCIPA</x:t>
   </x:si>
   <x:si>
     <x:t>13633</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
@@ -2714,51 +2714,51 @@
       <x:c r="K10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>24121</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>601291</x:v>
+        <x:v>556027</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37003</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -2774,51 +2774,51 @@
       <x:c r="K11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>24121</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>556027</x:v>
+        <x:v>601291</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>40109</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
@@ -3049,156 +3049,156 @@
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>591690</x:v>
+        <x:v>610777</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>610756</x:v>
+        <x:v>591690</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>610777</x:v>
+        <x:v>610756</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>39</x:v>
@@ -3316,200 +3316,198 @@
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>591716</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>610774</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
-      <x:c r="E23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>12570</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>548692</x:v>
+        <x:v>591687</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>110</x:v>
-[...1 lines deleted...]
-      <x:c r="C24" s="15" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="n">
+        <x:v>39944</x:v>
+      </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s"/>
+      <x:c r="E24" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="J24" s="14" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="J24" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>12570</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>591687</x:v>
+        <x:v>548692</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
@@ -4132,51 +4130,51 @@
       <x:c r="L37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>586786</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
@@ -4253,151 +4251,151 @@
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>592015</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>40411</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>592532</x:v>
+        <x:v>592168</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>592168</x:v>
+        <x:v>592532</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -4472,250 +4470,252 @@
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>589939</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>177</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>179</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>12578</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>497982</x:v>
+        <x:v>591697</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="C45" s="3" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>36480</x:v>
+      </x:c>
       <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="J45" s="0" t="s">
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>12578</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>591697</x:v>
+        <x:v>497982</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>610760</x:v>
+        <x:v>591672</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>591672</x:v>
+        <x:v>610760</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>106</x:v>
@@ -4840,51 +4840,51 @@
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>610782</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
@@ -4942,100 +4942,100 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>610783</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>610758</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -5044,100 +5044,100 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>610759</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>610761</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -5286,62 +5286,62 @@
       <x:c r="L59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>610799</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -5350,51 +5350,51 @@
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>610775</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
@@ -5441,205 +5441,205 @@
       <x:c r="L62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>591719</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>591688</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>610797</x:v>
+        <x:v>610798</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>610798</x:v>
+        <x:v>610797</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
@@ -5656,51 +5656,51 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>610729</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
@@ -5871,602 +5871,602 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>610785</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>591680</x:v>
+        <x:v>610784</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>33029</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>591640</x:v>
+        <x:v>610787</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>591705</x:v>
+        <x:v>591680</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>33029</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>591708</x:v>
+        <x:v>591640</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>610765</x:v>
+        <x:v>591705</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>610770</x:v>
+        <x:v>591708</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>610786</x:v>
+        <x:v>610765</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>610784</x:v>
+        <x:v>610770</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>610787</x:v>
+        <x:v>610786</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>33029</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>610766</x:v>
+        <x:v>610718</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>33029</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>610718</x:v>
+        <x:v>610766</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
@@ -6483,100 +6483,100 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>591706</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>610762</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -6585,100 +6585,100 @@
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>610763</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>610767</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -6725,54 +6725,54 @@
       <x:c r="L87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>610789</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
@@ -6940,51 +6940,51 @@
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>591709</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -6993,92 +6993,92 @@
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>591677</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>591679</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
@@ -7095,733 +7095,732 @@
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>610788</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>33029</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>610764</x:v>
+        <x:v>610717</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42817</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>610769</x:v>
+        <x:v>610728</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>42896</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>591639</x:v>
+        <x:v>610764</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>591678</x:v>
+        <x:v>610769</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42896</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>591681</x:v>
+        <x:v>591639</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>33029</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>610717</x:v>
+        <x:v>591678</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>42817</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>610728</x:v>
+        <x:v>591681</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>163</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>39944</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="I102" s="16" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="J102" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="K102" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L102" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M102" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N102" s="15" t="n">
+        <x:v>11454</x:v>
+      </x:c>
+      <x:c r="O102" s="14" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="P102" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="Q102" s="16" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="R102" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="H102" s="14" t="s"/>
-[...29 lines deleted...]
-      </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>592320</x:v>
+        <x:v>575004</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>38979</x:v>
+        <x:v>39944</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12570</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>575004</x:v>
+        <x:v>592320</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>40343</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>12254</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>576117</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>614959</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>572335</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>581591</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
@@ -7836,51 +7835,51 @@
       <x:c r="J108" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>574907</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40331</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -7893,51 +7892,51 @@
       <x:c r="J109" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>576127</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40331</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
@@ -7952,108 +7951,108 @@
       <x:c r="J110" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>576129</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>575005</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
@@ -8068,222 +8067,222 @@
       <x:c r="J112" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>581550</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>602749</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>581345</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>607273</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
@@ -8295,173 +8294,173 @@
       <x:c r="I116" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>580913</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>574920</x:v>
+        <x:v>574906</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>574906</x:v>
+        <x:v>574920</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40331</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -8471,51 +8470,51 @@
       <x:c r="J119" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>576124</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
@@ -8533,51 +8532,51 @@
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>613569</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
@@ -8632,51 +8631,51 @@
       <x:c r="L122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>613566</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>39</x:v>
@@ -8990,51 +8989,51 @@
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>613577</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
@@ -9296,51 +9295,51 @@
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>613572</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
@@ -9726,82 +9725,82 @@
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>592022</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>592167</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
@@ -9811,51 +9810,51 @@
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>592349</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
@@ -9886,51 +9885,51 @@
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>592791</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -9948,82 +9947,82 @@
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>591907</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>592169</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
@@ -10033,108 +10032,108 @@
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>592347</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>592531</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
@@ -10207,162 +10206,162 @@
       <x:c r="I152" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>592020</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>592171</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>592350</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
@@ -10372,51 +10371,51 @@
       <x:c r="I155" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>591906</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
@@ -10425,51 +10424,51 @@
       <x:c r="G156" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>574930</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
@@ -10482,51 +10481,51 @@
       <x:c r="G157" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>574923</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
@@ -10541,51 +10540,51 @@
       <x:c r="G158" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>576109</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
@@ -10598,51 +10597,51 @@
       <x:c r="G159" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>576106</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
@@ -10657,108 +10656,108 @@
       <x:c r="G160" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>574928</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>571046</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
@@ -10965,159 +10964,159 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>540596</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>39944</x:v>
+        <x:v>35214</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>12570</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>605100</x:v>
+        <x:v>509526</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>35214</x:v>
+        <x:v>39944</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>12570</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>546766</x:v>
+        <x:v>605100</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
@@ -11126,57 +11125,57 @@
       <x:c r="K168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>509526</x:v>
+        <x:v>546766</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
@@ -11375,51 +11374,51 @@
       <x:c r="G173" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>574922</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
@@ -11434,51 +11433,51 @@
       <x:c r="G174" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>574924</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
@@ -11782,51 +11781,51 @@
       <x:c r="G180" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>574927</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
@@ -11898,51 +11897,51 @@
       <x:c r="G182" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>574921</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
@@ -11955,51 +11954,51 @@
       <x:c r="G183" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>574931</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
@@ -12014,51 +12013,51 @@
       <x:c r="G184" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>574933</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
@@ -12071,51 +12070,51 @@
       <x:c r="G185" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>581549</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
@@ -12130,51 +12129,51 @@
       <x:c r="G186" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>574919</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
@@ -12187,238 +12186,238 @@
       <x:c r="G187" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>574932</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>574926</x:v>
+        <x:v>581546</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>574929</x:v>
+        <x:v>574926</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>581546</x:v>
+        <x:v>574929</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>377</x:v>
@@ -12646,51 +12645,51 @@
       <x:c r="L195" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>605272</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
@@ -12710,100 +12709,100 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>606832</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="P197" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="P197" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>548691</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
@@ -12871,950 +12870,957 @@
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>603857</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>163</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>405</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>407</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>596698</x:v>
+        <x:v>591686</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>610792</x:v>
+        <x:v>591713</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>610773</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="C203" s="3" t="s"/>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C203" s="3" t="n">
+        <x:v>35370</x:v>
+      </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="J203" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>610794</x:v>
+        <x:v>596698</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>163</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>173</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>407</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>592166</x:v>
+        <x:v>610794</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>110</x:v>
-[...1 lines deleted...]
-      <x:c r="C205" s="3" t="s"/>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C205" s="3" t="n">
+        <x:v>39517</x:v>
+      </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="J205" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>591686</x:v>
+        <x:v>592166</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>591713</x:v>
+        <x:v>591685</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>591685</x:v>
+        <x:v>591714</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="C208" s="15" t="s"/>
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C208" s="15" t="n">
+        <x:v>38979</x:v>
+      </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="J208" s="14" t="s"/>
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="J208" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="K208" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>591714</x:v>
+        <x:v>592023</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>38979</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
+      <x:c r="E209" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H209" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>592023</x:v>
+        <x:v>556142</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>413</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
-      <x:c r="E210" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>60</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>62</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q210" s="16" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="R210" s="14" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="S210" s="14" t="n">
+        <x:v>610771</x:v>
+      </x:c>
+      <x:c r="T210" s="16" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="U210" s="16" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>610771</x:v>
+        <x:v>610772</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>110</x:v>
-[...1 lines deleted...]
-      <x:c r="C212" s="15" t="s"/>
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C212" s="15" t="n">
+        <x:v>39517</x:v>
+      </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>105</x:v>
-[...1 lines deleted...]
-      <x:c r="H212" s="14" t="s"/>
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s">
+        <x:v>417</x:v>
+      </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="J212" s="14" t="s"/>
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="J212" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>610772</x:v>
+        <x:v>587481</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>610793</x:v>
+        <x:v>591715</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>416</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>417</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>419</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>587481</x:v>
+        <x:v>610792</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="C215" s="3" t="s"/>
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C215" s="3" t="n">
+        <x:v>35370</x:v>
+      </x:c>
       <x:c r="D215" s="3" t="s"/>
+      <x:c r="E215" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H215" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J215" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>591715</x:v>
+        <x:v>602526</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>413</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>60</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>62</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>602526</x:v>
+        <x:v>610793</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
@@ -13830,194 +13836,194 @@
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>599871</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>40109</x:v>
+        <x:v>35406</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>24121</x:v>
+        <x:v>12587</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>592391</x:v>
+        <x:v>596713</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>35406</x:v>
+        <x:v>40109</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>12587</x:v>
+        <x:v>24121</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>596713</x:v>
+        <x:v>592391</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>554940</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
@@ -14030,51 +14036,51 @@
       <x:c r="G221" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>575977</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
@@ -14091,51 +14097,51 @@
       <x:c r="G222" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>603844</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
@@ -14166,104 +14172,104 @@
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>493130</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>610895</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
@@ -14571,252 +14577,252 @@
       <x:c r="L231" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>610778</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>610757</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>555998</x:v>
+        <x:v>613992</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>613992</x:v>
+        <x:v>612936</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>612936</x:v>
+        <x:v>555998</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>459</x:v>
@@ -15046,90 +15052,90 @@
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>494767</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>575964</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
@@ -15271,315 +15277,314 @@
       <x:c r="L244" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>543641</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>37964</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
-      <x:c r="E245" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>12520</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>547572</x:v>
+        <x:v>596699</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
-        <x:v>163</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
-        <x:v>35370</x:v>
+        <x:v>37964</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
-      <x:c r="E246" s="14" t="s"/>
+      <x:c r="E246" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>596699</x:v>
+        <x:v>547572</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>38978</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>592019</x:v>
+        <x:v>591904</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>591904</x:v>
+        <x:v>592019</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>592348</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
@@ -15592,51 +15597,51 @@
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>596697</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
@@ -15785,211 +15790,213 @@
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>501478</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
-        <x:v>36937</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
-      <x:c r="E254" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>21570</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>550310</x:v>
+        <x:v>598013</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>486</x:v>
-[...1 lines deleted...]
-      <x:c r="C255" s="3" t="s"/>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C255" s="3" t="n">
+        <x:v>36937</x:v>
+      </x:c>
       <x:c r="D255" s="3" t="s"/>
+      <x:c r="E255" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
+      <x:c r="J255" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>42866</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>573392</x:v>
+        <x:v>550310</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>487</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="J256" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>598013</x:v>
+        <x:v>573392</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>39</x:v>
@@ -16060,82 +16067,82 @@
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>616846</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>601752</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
@@ -16211,51 +16218,51 @@
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>597475</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
@@ -16264,51 +16271,51 @@
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>596630</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
@@ -16355,51 +16362,51 @@
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>592346</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
@@ -16492,79 +16499,79 @@
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>591905</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>592170</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
@@ -16756,51 +16763,51 @@
       <x:c r="L271" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>589936</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
@@ -16907,69 +16914,69 @@
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>12578</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>497981</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>41100</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>63</x:v>
       </x:c>