--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -755,182 +755,182 @@
   <x:si>
     <x:t>Agenda 21</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>Chargé(e) de projet en gestion et valorisation naturaliste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de la stratégie QSE/RSE (MS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI école d'ingénieurs - campus de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion qualité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animateur qualité sécurité environnement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animation environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable qualité sécurité environnement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager du développement durable (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediaschool Paris - Institut Européen de la Communication et des Médias</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IECM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediaschool Paris - Institut Européen de la Communication et des Médias - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac techno sciences et technologies de l'industrie et du développement durable architecture et construction</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Apollinaire</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...94 lines deleted...]
-  <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des systèmes intégrés QSE (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences de la Terre et des planètes, environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager de système qualité sécurité environnement en partenariat avec Groupe Kedge Business School (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager de système qualité sécurité environnement en partenariat avec Groupe Kedge Business School (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2028 00:00:00</x:t>
@@ -941,56 +941,56 @@
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'institut supérieur d'agriculture Rhône-Alpes (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Isara</x:t>
   </x:si>
   <x:si>
     <x:t>69007</x:t>
   </x:si>
   <x:si>
     <x:t>Isara - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Acquérir la méthodologie de consignation tous fluides (LO-TO) - PRB060</x:t>
   </x:si>
   <x:si>
+    <x:t>04/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/29/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13148</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Gestes et postures</x:t>
@@ -1124,104 +1124,104 @@
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Membre de la Commission Santé Sécurité Conditions de Travail du CSE des entreprises de plus de 300 salariés : renouvellement de la formation santé-sécurité et conditions de travail - PRA053</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PCR niveau 2 module théorique - RPA120</x:t>
   </x:si>
   <x:si>
+    <x:t>Améliorer sa démarche de gestion des entreprises extérieures - Plan de prévention - PRA006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sécurité intervention extérieure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCR niveau 2 renouvellement secteur industrie, sources radioactives non scellées - RPA174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Améliorer sa démarche de gestion des entreprises extérieures - Plan de prévention - PRA006</x:t>
-[...17 lines deleted...]
-    <x:t>06/30/2026 00:00:00</x:t>
+    <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maîtriser la réglementation des Installations Classées pour la Protection de l'Environnement (ICPE) - EVG001</x:t>
   </x:si>
   <x:si>
     <x:t>Installation classée</x:t>
   </x:si>
   <x:si>
-    <x:t>05/07/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Personne Compétente en Radioprotection Renouvellement formation renforcée - RPA179</x:t>
+  </x:si>
+  <x:si>
     <x:t>PCR niveau 2 module appliqué secteur médical option sources radioactives scellées et non scellées, générateurs électriques de rayons X et accélérateurs de particules - RPA125</x:t>
   </x:si>
   <x:si>
     <x:t>PCR formation renforcée - RPA129</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Personne Compétente en Radioprotection Renouvellement formation renforcée - RPA179</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTS métiers des services à l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours qualité et laboratoire</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours systèmes de management QHSE en filière viti-vinicole</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
@@ -1475,59 +1475,59 @@
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LPA des calanques</x:t>
   </x:si>
   <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable management durable qualité sécurité environnement</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/16/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse des risques et vigilance partagée</x:t>
   </x:si>
   <x:si>
     <x:t>Développement Durable (DD) et Responsabilité Sociétale des Entreprises (RSE)</x:t>
@@ -1544,167 +1544,179 @@
   <x:si>
     <x:t>Master mention gestion de l'environnement parcours gestion des sols, déchets et sites pollués</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion de l'environnement parcours gestion raisonnée du mix énergétique et transition écologique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours géologie des ressources et des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion de l'environnement parcours gestion de l'environnement et climat</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion de l'environnement parcours gestion et métrologie pour les environnements vulnérables ou anthropisés</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'eau parcours gestion de l'eau et des milieux aquatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion de l'environnement parcours gestion et métrologie pour la qualité de l’air</x:t>
   </x:si>
   <x:si>
+    <x:t>Educ'Altitudes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences de la Terre et des planètes, environnement parcours international master in geosciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences de l'eau parcours hydrogéologie et géochimie des eaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Référent prévention : maîtriser sa mission pour accompagner l'entreprise en cinq jours</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Organisation Professionnelle de la Prévention dans le Bâtiment et Travaux Publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPPBTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chargé de prévention : s'approprier les fondamentaux de la mission</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Les Iscles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée T Edison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LORGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animateur prévention secteur sanitaire et médico-social (AP-SMS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Actimmis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prévention éducation santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Val d'Argens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE MUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAMBESC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFPST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAC APS + secourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention sciences de la Terre et des planètes, environnement parcours international master in geosciences</x:t>
-[...112 lines deleted...]
-  <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Monter, utiliser et démonter des échafaudages roulants</x:t>
   </x:si>
   <x:si>
     <x:t>Bma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>Risque professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>LA FARLEDE</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2027 00:00:00</x:t>
@@ -1797,62 +1809,50 @@
     <x:t>Lycée St-Louis - Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>13180</x:t>
   </x:si>
   <x:si>
     <x:t>GIGNAC-LA-NERTHE</x:t>
   </x:si>
   <x:si>
     <x:t>LA d'Aix-Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13548</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
   </x:si>
   <x:si>
     <x:t>Évaluer et prévenir les risques psycho-sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Camus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Inter Entreprises de Sécurité (GIES 1) + Groupe Inter Entreprises de Sécurité (GIES 2) + ECI ECV + GTIS + Travaux hauteur + H0B0 + ATEX 1 + Habilitations électriques 1.2 BC BC</x:t>
   </x:si>
   <x:si>
     <x:t>Atout Conseil</x:t>
   </x:si>
@@ -6057,687 +6057,685 @@
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>594401</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>12554</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>594379</x:v>
+        <x:v>519007</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>12554</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>519007</x:v>
+        <x:v>610759</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="U62" s="16" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>147</x:v>
-[...1 lines deleted...]
-      <x:c r="C63" s="3" t="s"/>
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C63" s="3" t="n">
+        <x:v>41669</x:v>
+      </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="J63" s="0" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>31454</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>610759</x:v>
+        <x:v>615944</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>41669</x:v>
+        <x:v>36480</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s"/>
+      <x:c r="E64" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>31454</x:v>
+        <x:v>12578</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>615944</x:v>
+        <x:v>497982</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>36480</x:v>
+        <x:v>35433</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>12578</x:v>
+        <x:v>12587</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>497982</x:v>
+        <x:v>549301</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>35433</x:v>
+        <x:v>37011</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>244</x:v>
-[...1 lines deleted...]
-      <x:c r="H66" s="14" t="s"/>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>252</x:v>
+      </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>12587</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>549301</x:v>
+        <x:v>588321</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>252</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
-      <x:c r="E67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>253</x:v>
-[...2 lines deleted...]
-        <x:v>254</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>255</x:v>
-[...2 lines deleted...]
-        <x:v>82</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="R67" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="S67" s="0" t="n">
+        <x:v>610761</x:v>
+      </x:c>
+      <x:c r="T67" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="R67" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>610761</x:v>
+        <x:v>591672</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="U68" s="16" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="J69" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>591672</x:v>
+        <x:v>594379</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>610781</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>610782</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37084</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>549297</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -6747,51 +6745,51 @@
       <x:c r="J73" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>592219</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
@@ -6800,526 +6798,527 @@
         <x:v>149</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>591671</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C75" s="3" t="s"/>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="n">
+        <x:v>35430</x:v>
+      </x:c>
       <x:c r="D75" s="3" t="s"/>
+      <x:c r="E75" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31454</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>594417</x:v>
+        <x:v>600228</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="J76" s="14" t="s"/>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="J76" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>591670</x:v>
+        <x:v>594417</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>610783</x:v>
+        <x:v>591670</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>265</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>111</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>12061</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>592220</x:v>
+        <x:v>610783</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>265</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-        <x:v>82</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>592221</x:v>
+        <x:v>610758</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>271</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
-      <x:c r="E80" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>245</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>31454</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>600228</x:v>
+        <x:v>610760</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>147</x:v>
-[...1 lines deleted...]
-      <x:c r="C81" s="3" t="s"/>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C81" s="3" t="n">
+        <x:v>39700</x:v>
+      </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="J81" s="0" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>610758</x:v>
+        <x:v>592220</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>147</x:v>
-[...1 lines deleted...]
-      <x:c r="C82" s="15" t="s"/>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C82" s="15" t="n">
+        <x:v>39700</x:v>
+      </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="J82" s="14" t="s"/>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="J82" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>610760</x:v>
+        <x:v>592221</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>591696</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
@@ -7328,100 +7327,100 @@
         <x:v>149</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>591697</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>610780</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
@@ -7430,224 +7429,224 @@
         <x:v>149</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>610779</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>510419</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>549302</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>509562</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
@@ -7662,51 +7661,51 @@
       <x:c r="J90" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>603933</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>40179</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -7778,54 +7777,54 @@
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>591719</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
@@ -7835,256 +7834,258 @@
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>610729</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>283</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>285</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>12554</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>447455</x:v>
+        <x:v>610798</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>610798</x:v>
+        <x:v>610799</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>610799</x:v>
+        <x:v>610775</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>147</x:v>
-[...1 lines deleted...]
-      <x:c r="C97" s="3" t="s"/>
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C97" s="3" t="n">
+        <x:v>40179</x:v>
+      </x:c>
       <x:c r="D97" s="3" t="s"/>
+      <x:c r="E97" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="J97" s="0" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>12554</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>610775</x:v>
+        <x:v>447455</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
@@ -8198,51 +8199,51 @@
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>497289</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
@@ -8468,144 +8469,144 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>594416</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>594412</x:v>
+        <x:v>594391</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>594391</x:v>
+        <x:v>594412</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>313</x:v>
@@ -8770,54 +8771,54 @@
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>610791</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
@@ -9892,54 +9893,54 @@
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>610786</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
@@ -10311,504 +10312,504 @@
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>610801</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42896</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>610790</x:v>
+        <x:v>591639</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>42896</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>591639</x:v>
+        <x:v>591677</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>591677</x:v>
+        <x:v>591707</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>24121</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>591707</x:v>
+        <x:v>591725</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>24121</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>591725</x:v>
+        <x:v>610765</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>610765</x:v>
+        <x:v>610770</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>610770</x:v>
+        <x:v>610790</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>12509</x:v>
+        <x:v>42817</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>610469</x:v>
+        <x:v>610728</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>42817</x:v>
+        <x:v>12509</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>610728</x:v>
+        <x:v>610469</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
@@ -11011,212 +11012,212 @@
       <x:c r="K155" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24121</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>610804</x:v>
+        <x:v>591727</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24121</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>610806</x:v>
+        <x:v>610804</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24121</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>610807</x:v>
+        <x:v>610806</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="U157" s="4" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24121</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>591727</x:v>
+        <x:v>610807</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11680,51 +11681,51 @@
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>614959</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
@@ -12333,51 +12334,51 @@
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>613564</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
@@ -12695,100 +12696,100 @@
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>613571</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>613577</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
@@ -12846,51 +12847,51 @@
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>613569</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
@@ -13276,51 +13277,51 @@
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>597243</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
@@ -13601,51 +13602,51 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>594418</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
@@ -14455,151 +14456,153 @@
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>576274</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="C219" s="3" t="s"/>
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C219" s="3" t="n">
+        <x:v>38181</x:v>
+      </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="J219" s="0" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>42816</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>176916</x:v>
+        <x:v>581572</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>458</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>125</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>31407</x:v>
+        <x:v>42816</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>581572</x:v>
+        <x:v>176916</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -15009,270 +15012,270 @@
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>592875</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>35214</x:v>
+        <x:v>36916</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>12554</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>509526</x:v>
+        <x:v>546768</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>36916</x:v>
+        <x:v>35214</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>12554</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>546768</x:v>
+        <x:v>509526</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>36916</x:v>
+        <x:v>35214</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>12554</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>598970</x:v>
+        <x:v>540596</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>35214</x:v>
+        <x:v>36916</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>31407</x:v>
+        <x:v>12554</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>540596</x:v>
+        <x:v>598970</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
@@ -15344,51 +15347,51 @@
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>546766</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
@@ -15503,51 +15506,51 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>594393</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
@@ -16232,100 +16235,100 @@
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>577552</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>591685</x:v>
+        <x:v>598283</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -16340,51 +16343,51 @@
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>577561</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>39281</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
@@ -16397,566 +16400,566 @@
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>577563</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>614952</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>614956</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>614951</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>614958</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>594407</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>594427</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>594390</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>44074</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>606832</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>594421</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>592885</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -16971,2414 +16974,2415 @@
       <x:c r="J264" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>548691</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>603857</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>603865</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>594380</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>594419</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>610773</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>591686</x:v>
+        <x:v>610793</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>591715</x:v>
+        <x:v>591685</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>610793</x:v>
+        <x:v>591686</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>610794</x:v>
+        <x:v>591715</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>610772</x:v>
+        <x:v>610794</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>591713</x:v>
+        <x:v>610772</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>610792</x:v>
+        <x:v>591713</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>610771</x:v>
+        <x:v>610792</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>591714</x:v>
+        <x:v>610771</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>42875</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="Q279" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="R279" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="Q279" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>599871</x:v>
+        <x:v>591714</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>539</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>101</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>24121</x:v>
+        <x:v>42875</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>592391</x:v>
+        <x:v>599871</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>35406</x:v>
+        <x:v>40109</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>12587</x:v>
+        <x:v>24121</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>596713</x:v>
+        <x:v>592391</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>575977</x:v>
+        <x:v>596713</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
-      <x:c r="E283" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>554940</x:v>
+        <x:v>575977</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>603844</x:v>
+        <x:v>554940</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C285" s="3" t="s"/>
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="C285" s="3" t="n">
+        <x:v>35406</x:v>
+      </x:c>
       <x:c r="D285" s="3" t="s"/>
+      <x:c r="E285" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H285" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J285" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="K285" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="L285" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M285" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N285" s="3" t="n">
+        <x:v>12587</x:v>
+      </x:c>
+      <x:c r="O285" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="P285" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="Q285" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="R285" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="J285" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>594405</x:v>
+        <x:v>603844</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>594403</x:v>
+        <x:v>594405</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>175</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
-      <x:c r="E287" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>447</x:v>
-[...2 lines deleted...]
-        <x:v>448</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>605727</x:v>
+        <x:v>594403</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>35862</x:v>
+        <x:v>38914</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>12587</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>605728</x:v>
+        <x:v>605727</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>38914</x:v>
+        <x:v>35862</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>12587</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>550296</x:v>
+        <x:v>605728</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
-        <x:v>30062</x:v>
+        <x:v>38914</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
-      <x:c r="E290" s="14" t="s"/>
+      <x:c r="E290" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>553</x:v>
-[...1 lines deleted...]
-      <x:c r="H290" s="14" t="s"/>
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="H290" s="14" t="s">
+        <x:v>448</x:v>
+      </x:c>
       <x:c r="I290" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>31608</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="P290" s="14" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="Q290" s="16" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="R290" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="P290" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>523258</x:v>
+        <x:v>550296</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>35862</x:v>
+        <x:v>30062</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
-      <x:c r="E291" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>447</x:v>
-[...2 lines deleted...]
-        <x:v>448</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>12587</x:v>
+        <x:v>31608</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>550288</x:v>
+        <x:v>523258</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>38914</x:v>
+        <x:v>35862</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
-        <x:v>31407</x:v>
+        <x:v>12587</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>550295</x:v>
+        <x:v>550288</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C293" s="3" t="s"/>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C293" s="3" t="n">
+        <x:v>38914</x:v>
+      </x:c>
       <x:c r="D293" s="3" t="s"/>
+      <x:c r="E293" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="H293" s="0" t="s">
+        <x:v>448</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>594397</x:v>
+        <x:v>550295</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>12554</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>592883</x:v>
+        <x:v>594397</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="I295" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="I295" s="4" t="s">
+      <x:c r="J295" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K295" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L295" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M295" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N295" s="3" t="n">
+        <x:v>12554</x:v>
+      </x:c>
+      <x:c r="O295" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="P295" s="0" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="Q295" s="4" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="R295" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="K295" s="0" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>610894</x:v>
+        <x:v>592883</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>610897</x:v>
+        <x:v>610894</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>610895</x:v>
+        <x:v>610897</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>610896</x:v>
+        <x:v>610895</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="J299" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>594402</x:v>
+        <x:v>610896</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>12554</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>572</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>592877</x:v>
+        <x:v>594402</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>12554</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>594383</x:v>
+        <x:v>592877</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>594404</x:v>
+        <x:v>594383</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="J303" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>610778</x:v>
+        <x:v>594404</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>42866</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>598287</x:v>
+        <x:v>610778</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>610757</x:v>
+        <x:v>598287</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>578</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>12554</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>592884</x:v>
+        <x:v>610757</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="J307" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>42884</x:v>
+        <x:v>12554</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>598283</x:v>
+        <x:v>592884</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>598745</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>584</x:v>
@@ -19764,51 +19768,51 @@
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>594400</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
@@ -20085,51 +20089,51 @@
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>594395</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
@@ -20357,51 +20361,51 @@
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>592061</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
@@ -20844,51 +20848,51 @@
       <x:c r="L336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>573392</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -21131,51 +21135,51 @@
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>616864</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>26</x:v>
@@ -21301,51 +21305,51 @@
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>594410</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
@@ -21422,51 +21426,51 @@
       <x:c r="U346" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>646</x:v>
       </x:c>
@@ -21481,227 +21485,227 @@
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>582033</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>30142</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>606283</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>30142</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>606286</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>646</x:v>
       </x:c>
@@ -21718,51 +21722,51 @@
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
@@ -21791,51 +21795,51 @@
       <x:c r="G353" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>596630</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>35467</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
@@ -21848,51 +21852,51 @@
       <x:c r="I354" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>596737</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>665</x:v>
@@ -22067,60 +22071,60 @@
       <x:c r="I358" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>509935</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>37</x:v>
@@ -22180,51 +22184,51 @@
       <x:c r="I360" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>453849</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>35567</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
@@ -22366,51 +22370,51 @@
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>575967</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
@@ -22421,249 +22425,250 @@
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>594385</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>544590</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>491545</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="J367" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>12554</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>519008</x:v>
+        <x:v>594406</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>690</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>12554</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>594406</x:v>
+        <x:v>519008</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38458</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -22788,147 +22793,147 @@
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>617042</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>36480</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>12578</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>497981</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>510417</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
@@ -22959,88 +22964,88 @@
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>615411</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>509564</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
@@ -23077,85 +23082,85 @@
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>602149</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>41669</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>615945</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
@@ -23182,96 +23187,96 @@
       <x:c r="M378" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>581110</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>37084</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>549328</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
@@ -23308,147 +23313,147 @@
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>550464</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>549325</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>37809</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>549327</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>700</x:v>
@@ -23541,134 +23546,134 @@
       <x:c r="S384" s="14" t="n">
         <x:v>617045</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>37809</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>592179</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>37809</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>600218</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>700</x:v>
@@ -23696,147 +23701,147 @@
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>617046</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>41446</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>611018</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>550649</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38544</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
@@ -23863,96 +23868,96 @@
       <x:c r="M390" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>588491</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>549333</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>740</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>