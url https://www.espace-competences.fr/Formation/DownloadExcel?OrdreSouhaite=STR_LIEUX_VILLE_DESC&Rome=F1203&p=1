--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -248,102 +248,102 @@
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours international master in geosciences</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'ESTP - Grande école d'ingénieurs de la construction spécialité travaux publics (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecir Apprentissage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eco-conception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estp - Grande Ecole d'Ingénieurs de la Construction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme ingénieur de l'ENSAM spécialité travaux publics (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>OPCO</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure d'Arts et Métiers - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme ingénieur de l'ENSAM spécialité travaux publics en partenariat avec l'AFITP PACA (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -1039,51 +1039,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>592220</x:v>
+        <x:v>592221</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1093,51 +1093,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>592221</x:v>
+        <x:v>592220</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
@@ -1448,270 +1448,270 @@
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>592218</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>39555</x:v>
+        <x:v>40449</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>12536</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>550435</x:v>
+        <x:v>602150</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>40449</x:v>
+        <x:v>39555</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>12536</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>602150</x:v>
+        <x:v>543394</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39555</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>543394</x:v>
+        <x:v>550435</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38058</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>448148</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>