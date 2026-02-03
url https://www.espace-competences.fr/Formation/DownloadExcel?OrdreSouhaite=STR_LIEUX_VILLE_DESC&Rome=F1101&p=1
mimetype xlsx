--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -290,68 +290,68 @@
   <x:si>
     <x:t>Archicad Perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Clic et Bât - Cf2i</x:t>
   </x:si>
   <x:si>
     <x:t>33700</x:t>
   </x:si>
   <x:si>
     <x:t>Dessin BTP</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Revit BIM - Structure</x:t>
   </x:si>
   <x:si>
     <x:t>Revit BIM - Perfectionnement</x:t>
   </x:si>
   <x:si>
+    <x:t>Revit BIM - Ingénierie MEP</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dessinateur Paysagiste</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture paysagère</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Revit BIM - Ingénierie MEP</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
@@ -422,108 +422,108 @@
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'études en architecture</x:t>
   </x:si>
   <x:si>
     <x:t>ENSA Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Rénovation urbaine</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
+    <x:t>diplôme d'État d'architecte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitation de l'architecte diplômé d'Etat à l'exercice de la maîtrise d'oeuvre en son nom propre</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
-    <x:t>diplôme d'État d'architecte</x:t>
-[...2 lines deleted...]
-    <x:t>06/30/2028 00:00:00</x:t>
+    <x:t>Formation en apprentissage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État de paysagiste (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National des Sciences et Industries du Vivant et de l'Environnement - AgroParisTech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Nationale Supérieure de Paysage - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État de paysagiste</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure de Paysage</x:t>
   </x:si>
   <x:si>
     <x:t>78000</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 1er</x:t>
+    <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention urbanisme et aménagement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Plan local urbanisme</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>SketchUp Pro DAO 3D et rendu photoréaliste</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Edison</x:t>
   </x:si>
@@ -1815,127 +1815,127 @@
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>45009</x:v>
+        <x:v>22252</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>572974</x:v>
+        <x:v>600739</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>22252</x:v>
+        <x:v>45009</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>600739</x:v>
+        <x:v>572974</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>58</x:v>
@@ -2301,51 +2301,51 @@
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>577964</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -2354,100 +2354,100 @@
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>577957</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>577961</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -2507,51 +2507,51 @@
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>577960</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -2560,100 +2560,100 @@
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>577963</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>577962</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -2700,741 +2700,741 @@
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>594246</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C31" s="3" t="s"/>
-[...2 lines deleted...]
-      </x:c>
+      <x:c r="C31" s="3" t="n">
+        <x:v>38342</x:v>
+      </x:c>
+      <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>22223</x:v>
+        <x:v>12513</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>594210</x:v>
+        <x:v>594245</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="C32" s="15" t="n">
-[...2 lines deleted...]
-      <x:c r="D32" s="15" t="s"/>
+      <x:c r="C32" s="15" t="s"/>
+      <x:c r="D32" s="15" t="n">
+        <x:v>6535</x:v>
+      </x:c>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>12513</x:v>
+        <x:v>22223</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>594245</x:v>
+        <x:v>594210</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40412</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>539048</x:v>
+        <x:v>539053</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>127</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>40412</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>130</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>539053</x:v>
+        <x:v>575144</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="U34" s="16" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>40412</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>575144</x:v>
+        <x:v>576985</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>127</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40412</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>130</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>576985</x:v>
+        <x:v>539048</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>40019</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>12505</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>592287</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>72502</x:v>
+        <x:v>22252</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>616067</x:v>
+        <x:v>587084</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>22252</x:v>
+        <x:v>72502</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>587084</x:v>
+        <x:v>616067</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>587034</x:v>
+        <x:v>616065</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>616326</x:v>
+        <x:v>587034</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>616324</x:v>
+        <x:v>616326</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>616065</x:v>
+        <x:v>616324</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>58</x:v>
@@ -3880,51 +3880,51 @@
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>12505</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>592288</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>42</x:v>