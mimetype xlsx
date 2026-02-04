--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -299,56 +299,56 @@
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention marketing, vente parcours management et marketing des services</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention marketing, vente parcours international business</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention marketing, vente parcours management et marketing des services</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention marketing, vente parcours marketing and brand management</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable projet communication (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Communication interne</x:t>
@@ -428,68 +428,68 @@
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>Beaux-Arts de Marseille - Ecole supérieure publique d'art et de design</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>Les Beaux-Arts de Marseille - INSEAMM</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable projet communication</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mediaschool Marseille - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable projet communication</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Responsable projet communication (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Webmarketing standard </x:t>
   </x:si>
   <x:si>
     <x:t>Agence DM</x:t>
   </x:si>
   <x:si>
     <x:t>75010</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique familiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2021 00:00:00</x:t>
@@ -497,59 +497,59 @@
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concevoir une campagne publicitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecrire, filmer, monter une vidéo avec son smartphone</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Documentation audiovisuelle et multimédia</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecrire, filmer, monter une vidéo avec son smartphone</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Webmarketing avancé</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>année préparatoire privée aux concours des écoles supérieures d'art et design</x:t>
   </x:si>
   <x:si>
     <x:t>École Intuit-lab</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
@@ -740,60 +740,60 @@
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation UX-UI et IA pour le design d'interface (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en création digitale spécialisation directeur créatif : producteur jeu vidéo &amp; Game Design (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en création digitale</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Expert en création digitale spécialisation directeur créatif : producteur jeu vidéo &amp; Game Design (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Brassart Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Brassart Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>École Supérieure de Design Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>ESDAC</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation expert en animation 3D (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation expert en gouvernance de la cybersécurité (Apprentissage)</x:t>
   </x:si>
@@ -1984,51 +1984,51 @@
       <x:c r="K12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>575025</x:v>
+        <x:v>575026</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>35907</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -2041,51 +2041,51 @@
       <x:c r="K13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>575026</x:v>
+        <x:v>575025</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>35907</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
@@ -2718,273 +2718,273 @@
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>594641</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>614361</x:v>
+        <x:v>599365</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R27" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="Q27" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>588325</x:v>
+        <x:v>614361</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s"/>
+      <x:c r="E28" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>599365</x:v>
+        <x:v>588325</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>599369</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
@@ -3103,145 +3103,145 @@
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>576513</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>46382</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>576504</x:v>
+        <x:v>576586</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>46382</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>576586</x:v>
+        <x:v>576504</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>130</x:v>
@@ -3307,127 +3307,127 @@
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>576505</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>46382</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>576583</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>46382</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>576585</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
@@ -4138,54 +4138,54 @@
       <x:c r="L51" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>608616</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4195,51 +4195,51 @@
       <x:c r="L52" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>613748</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4249,51 +4249,51 @@
       <x:c r="L53" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>613658</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -4309,51 +4309,51 @@
       <x:c r="M54" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>578772</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -4474,51 +4474,51 @@
       <x:c r="M57" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>578773</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
@@ -4530,51 +4530,51 @@
       <x:c r="L58" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>608618</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
@@ -4701,160 +4701,159 @@
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>604994</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s"/>
+      <x:c r="E62" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>537296</x:v>
+        <x:v>549748</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
-      <x:c r="E63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>549748</x:v>
+        <x:v>537296</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38595</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>