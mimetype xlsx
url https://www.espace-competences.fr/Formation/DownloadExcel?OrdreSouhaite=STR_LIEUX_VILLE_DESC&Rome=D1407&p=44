--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -494,101 +494,101 @@
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur d'affaires en hautes technologies</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel négociateur technico-commercial</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé d'affaires en hautes technologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Vente spécialisée</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/01/2026 00:00:00</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025 00:00:00</x:t>
@@ -1010,101 +1010,101 @@
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Novétude Santé Pro I - Esol</x:t>
   </x:si>
   <x:si>
     <x:t>34430</x:t>
   </x:si>
   <x:si>
     <x:t>Novétude Santé Pro I - Esol - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBM 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Attaché commercial (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>07/02/2025 00:00:00</x:t>
-[...11 lines deleted...]
-    <x:t>08/06/2025 00:00:00</x:t>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/05/2026 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MORIERES-LES-AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>05/14/2025 00:00:00</x:t>
@@ -1709,59 +1709,59 @@
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Vip and Co</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/06/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>JUAN LES PINS</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA technico-commercial option vins, bières, et spiritueux</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
@@ -1790,54 +1790,54 @@
   <x:si>
     <x:t>Azur Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention domotique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ism Fénélon</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA technico-commercial option produits de la filière forêt bois (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
+    <x:t>CRET</x:t>
+  </x:si>
+  <x:si>
     <x:t>05100</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de développement commercial option webmarketing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BP option industries alimentaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>INFREP</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
@@ -4599,1067 +4599,1064 @@
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>611255</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>38602</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s"/>
+      <x:c r="E36" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>64</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>613354</x:v>
+        <x:v>607795</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38602</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-        <x:v>120</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>607795</x:v>
+        <x:v>598546</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>30086</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s"/>
+      <x:c r="E38" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>73</x:v>
-[...1 lines deleted...]
-      <x:c r="H38" s="14" t="s"/>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>598546</x:v>
+        <x:v>558140</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>30086</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-        <x:v>103</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>558140</x:v>
+        <x:v>605538</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>605538</x:v>
+        <x:v>557309</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>559253</x:v>
+        <x:v>557310</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>617010</x:v>
+        <x:v>613354</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>34399</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
-      <x:c r="E43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>553359</x:v>
+        <x:v>613356</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>553411</x:v>
+        <x:v>611411</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>30086</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>557309</x:v>
+        <x:v>558340</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>557310</x:v>
+        <x:v>587705</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>613356</x:v>
+        <x:v>587707</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>35652</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34538</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>611411</x:v>
+        <x:v>550315</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>30086</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-        <x:v>103</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>558340</x:v>
+        <x:v>559253</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>587705</x:v>
+        <x:v>617010</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="U50" s="16" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>34399</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
+      <x:c r="E51" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>587707</x:v>
+        <x:v>553359</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>35652</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s"/>
+      <x:c r="E52" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>34538</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>607469</x:v>
+        <x:v>553411</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>550315</x:v>
+        <x:v>607469</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -5726,51 +5723,51 @@
       <x:c r="M55" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>613349</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -6067,51 +6064,51 @@
       <x:c r="M61" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>553395</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
@@ -6350,51 +6347,51 @@
       <x:c r="L66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>557312</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -6404,51 +6401,51 @@
       <x:c r="L67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>613352</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -6461,51 +6458,51 @@
       <x:c r="L68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>613353</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -6515,51 +6512,51 @@
       <x:c r="L69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>611413</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>30086</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
@@ -7281,51 +7278,51 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>601975</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
@@ -8270,62 +8267,62 @@
       <x:c r="L99" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>553767</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
@@ -8567,216 +8564,216 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>554254</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>611636</x:v>
+        <x:v>554255</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>611637</x:v>
+        <x:v>611636</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>554255</x:v>
+        <x:v>611637</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9696,51 +9693,51 @@
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>600284</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>39</x:v>
@@ -9932,51 +9929,51 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>501241</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>39</x:v>
@@ -9989,51 +9986,51 @@
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>572981</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>34572</x:v>
@@ -10274,51 +10271,51 @@
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>547467</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>39</x:v>
@@ -10331,51 +10328,51 @@
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>598802</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34572</x:v>
@@ -10385,51 +10382,51 @@
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>598805</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>39</x:v>
@@ -10442,51 +10439,51 @@
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>598809</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>34572</x:v>
@@ -10496,51 +10493,51 @@
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>572976</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>39</x:v>
@@ -10793,51 +10790,51 @@
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>545654</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>34572</x:v>
@@ -10908,51 +10905,51 @@
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>572167</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>34572</x:v>
@@ -11010,105 +11007,105 @@
       <x:c r="L146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>600717</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>598803</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
@@ -11481,1127 +11478,1126 @@
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>546684</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>39743</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
-      <x:c r="E155" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>549571</x:v>
+        <x:v>572978</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>38466</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34590</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>572978</x:v>
+        <x:v>558102</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>38466</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>34590</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>558102</x:v>
+        <x:v>572977</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>572977</x:v>
+        <x:v>572979</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>572979</x:v>
+        <x:v>566759</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>566759</x:v>
+        <x:v>598808</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
+      <x:c r="E161" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>598808</x:v>
+        <x:v>571078</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>93</x:v>
-[...1 lines deleted...]
-      <x:c r="H162" s="14" t="s"/>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H162" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>553769</x:v>
+        <x:v>555815</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
-      <x:c r="E163" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>558657</x:v>
+        <x:v>567446</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>607327</x:v>
+        <x:v>598801</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
-      <x:c r="E165" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>323</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>571078</x:v>
+        <x:v>598811</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>35150</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
-      <x:c r="E166" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>264</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>555815</x:v>
+        <x:v>566792</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>38466</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
-      <x:c r="E167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34590</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>565521</x:v>
+        <x:v>558103</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>39743</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>268</x:v>
-[...1 lines deleted...]
-      <x:c r="H168" s="14" t="s"/>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>565525</x:v>
+        <x:v>549571</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
+      <x:c r="E169" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>598801</x:v>
+        <x:v>565521</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s"/>
+      <x:c r="E170" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>598811</x:v>
+        <x:v>565525</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
+      <x:c r="E171" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>567446</x:v>
+        <x:v>607327</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
-      <x:c r="E172" s="14" t="s"/>
+      <x:c r="E172" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>566792</x:v>
+        <x:v>553769</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38466</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
+      <x:c r="E173" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>34590</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>558103</x:v>
+        <x:v>558657</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -12614,105 +12610,105 @@
       <x:c r="M174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>34590</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>558104</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>572975</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
@@ -12735,51 +12731,51 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>558654</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>34572</x:v>
@@ -12789,108 +12785,108 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>598800</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>598807</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>34572</x:v>
@@ -12900,51 +12896,51 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>598810</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>39</x:v>
@@ -13062,51 +13058,51 @@
       <x:c r="L182" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>553768</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
@@ -14136,51 +14132,51 @@
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>599331</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>34572</x:v>
@@ -15375,159 +15371,159 @@
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>494841</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>564392</x:v>
+        <x:v>564400</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>564399</x:v>
+        <x:v>564392</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
@@ -15536,114 +15532,117 @@
       <x:c r="K224" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>564400</x:v>
+        <x:v>564399</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>40622</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
+      <x:c r="E225" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>43486</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>564391</x:v>
+        <x:v>603255</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>387</x:v>
@@ -15665,106 +15664,103 @@
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>603255</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>40622</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
-      <x:c r="E227" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>43486</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>603255</x:v>
+        <x:v>564391</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
@@ -16650,51 +16646,51 @@
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>611477</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>39743</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
@@ -17754,51 +17750,51 @@
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>572856</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>34572</x:v>
@@ -17922,154 +17918,154 @@
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>600042</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>572708</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>577259</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
@@ -18371,100 +18367,100 @@
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>577267</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>569955</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -18485,51 +18481,51 @@
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>600041</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>39</x:v>
@@ -18542,51 +18538,51 @@
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>583303</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>34572</x:v>
@@ -18596,100 +18592,100 @@
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>609625</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>569956</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -18764,103 +18760,100 @@
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>609633</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
-      <x:c r="E281" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>600062</x:v>
+        <x:v>583304</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
@@ -18869,111 +18862,114 @@
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>548183</x:v>
+        <x:v>600062</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
+      <x:c r="E283" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>583304</x:v>
+        <x:v>548183</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
@@ -20388,51 +20384,51 @@
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>547014</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>34572</x:v>
@@ -21209,51 +21205,51 @@
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>567806</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>34572</x:v>
@@ -22170,136 +22166,136 @@
         <x:v>34</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>601384</x:v>
+        <x:v>549766</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>549766</x:v>
+        <x:v>601384</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
@@ -22318,51 +22314,51 @@
       <x:c r="M341" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>601385</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
         <x:v>544</x:v>
@@ -22497,54 +22493,54 @@
       <x:c r="L344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>549765</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="U344" s="16" t="s">
         <x:v>547</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
@@ -24103,152 +24099,152 @@
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>605848</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
-        <x:v>36003</x:v>
+        <x:v>40568</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>496609</x:v>
+        <x:v>590072</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>609182</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
@@ -24285,100 +24281,100 @@
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>549877</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>40568</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>590072</x:v>
+        <x:v>496609</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
         <x:v>241</x:v>
@@ -24419,78 +24415,78 @@
       <x:c r="T376" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="I377" s="4" t="s">
         <x:v>574</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>573</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>506448</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
@@ -24540,78 +24536,78 @@
       <x:c r="T378" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="I379" s="4" t="s">
         <x:v>574</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>573</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>590079</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
@@ -25269,78 +25265,78 @@
       <x:c r="T390" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="I391" s="4" t="s">
         <x:v>574</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>573</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>603513</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
@@ -25896,162 +25892,162 @@
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>515472</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
-      <x:c r="E402" s="14" t="s"/>
+      <x:c r="E402" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>606235</x:v>
+        <x:v>552325</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
-      <x:c r="E403" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H403" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>552325</x:v>
+        <x:v>606235</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
@@ -26758,154 +26754,154 @@
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>605952</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>564383</x:v>
+        <x:v>564393</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>564393</x:v>
+        <x:v>564383</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
@@ -27679,170 +27675,171 @@
       <x:c r="K432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>532727</x:v>
+        <x:v>553502</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
+      <x:c r="E433" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>586081</x:v>
+        <x:v>532727</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
-      <x:c r="E434" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>553502</x:v>
+        <x:v>586081</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -27914,51 +27911,51 @@
       <x:c r="M436" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>553485</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -28087,51 +28084,51 @@
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>578835</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>57</x:v>
@@ -28255,51 +28252,51 @@
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>559198</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>34572</x:v>
@@ -28533,51 +28530,51 @@
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>578775</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>57</x:v>
@@ -29230,97 +29227,97 @@
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>603063</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>604522</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
@@ -29344,84 +29341,84 @@
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>578907</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>34399</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>451600</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
@@ -29637,82 +29634,82 @@
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>497337</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>34399</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>497342</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
@@ -30150,279 +30147,277 @@
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>603051</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>224</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>660</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
-        <x:v>41114</x:v>
+        <x:v>35652</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
-      <x:c r="E476" s="14" t="s"/>
+      <x:c r="E476" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>656</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34538</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>656</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>592844</x:v>
+        <x:v>497345</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>497345</x:v>
+        <x:v>549064</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
-        <x:v>35652</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>639</x:v>
-[...1 lines deleted...]
-      <x:c r="H478" s="14" t="s"/>
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="H478" s="14" t="s">
+        <x:v>649</x:v>
+      </x:c>
       <x:c r="I478" s="16" t="s">
-        <x:v>640</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>34538</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>549064</x:v>
+        <x:v>495173</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>41114</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
-      <x:c r="E479" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>648</x:v>
-[...2 lines deleted...]
-        <x:v>649</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>495173</x:v>
+        <x:v>592844</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">