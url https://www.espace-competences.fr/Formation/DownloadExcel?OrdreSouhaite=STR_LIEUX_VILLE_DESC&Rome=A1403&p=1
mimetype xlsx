--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -227,101 +227,101 @@
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Soin cheval</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Initiation à la tonte de brebis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'Institut Agro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Élevage ovin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Perfectionnement tonte junior</x:t>
   </x:si>
   <x:si>
-    <x:t>L'Institut Agro</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>Élevage ovin</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Initiation à la tonte de brebis</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Tri de laine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Tri de laine</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Certificat de spécialisation production, transformation et commercialisation des produits fermiers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Vente produit fermier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
@@ -440,54 +440,54 @@
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>Afasec</x:t>
   </x:si>
   <x:si>
     <x:t>60500</x:t>
   </x:si>
   <x:si>
     <x:t>Afasec - Antenne Cabriès - CFA Régional des Métiers Hippiques</x:t>
   </x:si>
   <x:si>
     <x:t>13822</x:t>
   </x:si>
   <x:si>
     <x:t>CABRIES</x:t>
   </x:si>
   <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/03/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -1277,282 +1277,282 @@
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>21075</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="S6" s="14" t="n">
+        <x:v>607935</x:v>
+      </x:c>
+      <x:c r="T6" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="S6" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T6" s="16" t="s">
+      <x:c r="U6" s="16" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>21075</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>607935</x:v>
+        <x:v>607971</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>21075</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>607922</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>21075</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>607926</x:v>
+        <x:v>607978</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>21075</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>607978</x:v>
+        <x:v>607926</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>39667</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -1737,139 +1737,139 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>506183</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12233</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>595476</x:v>
+        <x:v>592949</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>12233</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>592949</x:v>
+        <x:v>595476</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39667</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -2067,57 +2067,57 @@
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21083</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>605872</x:v>
+        <x:v>549907</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39667</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -2127,57 +2127,57 @@
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>21083</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>549907</x:v>
+        <x:v>605872</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39667</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
@@ -2426,54 +2426,54 @@
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>603117</x:v>
+        <x:v>603116</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -2483,54 +2483,54 @@
       <x:c r="K27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>603116</x:v>
+        <x:v>603117</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>94</x:v>
@@ -2544,57 +2544,57 @@
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>605867</x:v>
+        <x:v>549893</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -2665,57 +2665,57 @@
       <x:c r="K30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>549893</x:v>
+        <x:v>605867</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>102</x:v>
       </x:c>