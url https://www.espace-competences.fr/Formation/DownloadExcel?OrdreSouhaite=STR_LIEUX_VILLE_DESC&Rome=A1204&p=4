--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -401,158 +401,158 @@
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention aménagement paysager : conception, gestion, entretien</x:t>
   </x:si>
   <x:si>
     <x:t>Travaux paysagers</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie biologique et écologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie physique et biogéochimique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours mer</x:t>
   </x:si>
   <x:si>
+    <x:t>CFA Régional Agricole Public PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPA des calanques</x:t>
   </x:si>
   <x:si>
-    <x:t>13008</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Bachelor gestion et protection des milieux marins (GPMM)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>LEGTA</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>Conservation littoral</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre|Centre de formation Professionnelle et de Promotion Agricole Aix Valabre - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre mention sciences de la vie et de la terre parcours CUPGE « Agro-Véto »</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours terre</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention gestion de l'environnement parcours gestion et métrologie pour les environnements vulnérables ou anthropisés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention gestion de l'environnement parcours gestion et métrologie pour la qualité de l’air</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion de l'environnement parcours gestion raisonnée du mix énergétique et transition écologique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention aménagement paysager : conception, gestion, entretien parcours collaborateur du concepteur paysagiste</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention aménagement paysager : conception, gestion, entretien parcours collaborateur du gestionnaire de chantiers paysagers</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'eau parcours hydrogéologie et géochimie des eaux</x:t>
   </x:si>
   <x:si>
     <x:t>Développement durable</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'eau parcours gestion de l'eau et des milieux aquatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours environnement, pollutions et milieux</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours métiers de technicien géologue</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours Homme et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours sciences biologiques et géologiques</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention gestion de l'environnement parcours gestion et métrologie pour les environnements vulnérables ou anthropisés</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention gestion de l'environnement parcours gestion de l'environnement et climat</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours géologie des ressources et des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion de l'environnement parcours gestion des sols, déchets et sites pollués</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours international master in geosciences</x:t>
   </x:si>
   <x:si>
     <x:t>LPA La Ricarde</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA gestion forestière</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
@@ -710,66 +710,66 @@
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bachelor of Science gestion et valorisation naturaliste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École de gestion et de protection de la nature</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Management environnemental</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention géographie et aménagement parcours géographie et aménagement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Management environnemental</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -2209,148 +2209,148 @@
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>592349</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>39700</x:v>
+        <x:v>39184</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>12061</x:v>
+        <x:v>12511</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>592222</x:v>
+        <x:v>592062</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>39184</x:v>
+        <x:v>39700</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>12511</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>592062</x:v>
+        <x:v>592222</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
@@ -2991,337 +2991,337 @@
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>574923</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>36789</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s"/>
+      <x:c r="E32" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="H32" s="14" t="s"/>
+      <x:c r="H32" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>12547</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>596472</x:v>
+        <x:v>496465</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38351</x:v>
+        <x:v>36789</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
-      <x:c r="E33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>113</x:v>
-[...2 lines deleted...]
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>12547</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>496465</x:v>
+        <x:v>596472</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>605838</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>118</x:v>
-[...1 lines deleted...]
-      <x:c r="C35" s="3" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>38351</x:v>
+      </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>12549</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>588328</x:v>
+        <x:v>555705</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J36" s="14" t="s"/>
+      <x:c r="K36" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="L36" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M36" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N36" s="15" t="n">
+        <x:v>12549</x:v>
+      </x:c>
+      <x:c r="O36" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="P36" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="Q36" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="J36" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="L36" s="14" t="s">
+      <x:c r="R36" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="M36" s="14" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>555705</x:v>
+        <x:v>588328</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -3485,706 +3485,706 @@
       <x:c r="C40" s="15" t="n">
         <x:v>39184</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>12511</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>577552</x:v>
+        <x:v>577553</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39184</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>12511</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>577555</x:v>
+        <x:v>577552</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>39184</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12511</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>581549</x:v>
+        <x:v>577555</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>40052</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>21046</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>574940</x:v>
+        <x:v>581549</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40052</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>574941</x:v>
+        <x:v>574940</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>39281</x:v>
+        <x:v>40052</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>577563</x:v>
+        <x:v>574941</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39281</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>577562</x:v>
+        <x:v>577563</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>39281</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>574921</x:v>
+        <x:v>577562</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>574924</x:v>
+        <x:v>574921</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>574922</x:v>
+        <x:v>574924</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>574926</x:v>
+        <x:v>574922</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>39184</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>12511</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>577553</x:v>
+        <x:v>574926</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39184</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
@@ -4329,51 +4329,51 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>577551</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39184</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
@@ -4572,187 +4572,187 @@
       <x:c r="S58" s="14" t="n">
         <x:v>583939</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>21042</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>496473</x:v>
+        <x:v>605840</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>21042</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>605840</x:v>
+        <x:v>496473</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>21042</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>549801</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -4810,429 +4810,429 @@
       <x:c r="S62" s="14" t="n">
         <x:v>595493</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>605839</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36789</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>12547</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>549821</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36789</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>12547</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>605796</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>36789</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>12547</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>496370</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>496469</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>13873</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>12547</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>447273</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>549872</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -6350,154 +6350,156 @@
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>553023</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>74</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="C90" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>12252</x:v>
+        <x:v>12587</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>580918</x:v>
+        <x:v>596846</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C91" s="3" t="s"/>
+      <x:c r="C91" s="3" t="n">
+        <x:v>40979</x:v>
+      </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="I91" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J91" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="K91" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="L91" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M91" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N91" s="3" t="n">
+        <x:v>12252</x:v>
+      </x:c>
+      <x:c r="O91" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="P91" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="I91" s="4" t="s">
-[...14 lines deleted...]
-      <x:c r="O91" s="0" t="s">
+      <x:c r="Q91" s="4" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>596846</x:v>
+        <x:v>580918</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>