--- v0 (2026-03-22)
+++ v1 (2026-03-23)
@@ -407,129 +407,129 @@
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel gestionnaire des opérations de transport routier de marchandises (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Transport logistique durable</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Floride</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-André (les Routiers)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel gestionnaire des opérations de transport routier de marchandises</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA|Aftral - Isteli - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-16e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>LP du Parc St-Jean</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Caucadis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
     <x:t>G et L Formation - Luc Grzesiak - Cftl Transformation</x:t>
   </x:si>
   <x:si>
     <x:t>41500</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Actualisation des connaissances du gestionnaire de transport</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Transport</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -1856,560 +1856,561 @@
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>499830</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>40991</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>583949</x:v>
+        <x:v>548983</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>40990</x:v>
+        <x:v>40991</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F17" s="0" t="s">
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>31822</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>548981</x:v>
+        <x:v>583949</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>40993</x:v>
+        <x:v>34881</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s"/>
+      <x:c r="E18" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>31827</x:v>
+        <x:v>31822</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>595783</x:v>
+        <x:v>499829</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>40991</x:v>
+        <x:v>40990</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>31827</x:v>
+        <x:v>31822</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>548983</x:v>
+        <x:v>548981</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>89</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>34881</x:v>
+        <x:v>40993</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>31822</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>499829</x:v>
+        <x:v>595783</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>112</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>31822</x:v>
+        <x:v>31828</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>603445</x:v>
+        <x:v>600488</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>31828</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>600488</x:v>
+        <x:v>600644</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="C23" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="n">
+        <x:v>40993</x:v>
+      </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>31828</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>600644</x:v>
+        <x:v>595777</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>40993</x:v>
+        <x:v>40990</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>31827</x:v>
+        <x:v>31822</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>595777</x:v>
+        <x:v>603445</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40993</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -2473,51 +2474,51 @@
       <x:c r="L26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31828</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>602695</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40993</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -2652,198 +2653,198 @@
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>583950</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>40990</x:v>
+        <x:v>40993</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>31822</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>585804</x:v>
+        <x:v>595779</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>40993</x:v>
+        <x:v>40990</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>31827</x:v>
+        <x:v>31822</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>595779</x:v>
+        <x:v>585804</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31854</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>616078</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>