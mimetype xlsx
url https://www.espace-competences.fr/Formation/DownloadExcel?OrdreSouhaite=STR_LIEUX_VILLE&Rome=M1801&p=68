--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -518,167 +518,167 @@
   <x:si>
     <x:t>Adopter des pratiques numériques responsables - Agir pour un avenir durable</x:t>
   </x:si>
   <x:si>
     <x:t>Informatique verte</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Word</x:t>
   </x:si>
   <x:si>
     <x:t>Association Cool - L'Informatique pour Tous</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Word</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation sécurité informatique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat de spécialisation cybersécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEP Saint Eloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire physique et technologie (PT*), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Vauvenargues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Télécommunication</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - infrastructure et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
-[...44 lines deleted...]
-    <x:t>09/15/2026 00:00:00</x:t>
+    <x:t>09/14/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en architecture des systèmes d’information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire physique et technologie (PT), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - développement (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>02/04/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>Expert en architecture des systèmes d’information</x:t>
+    <x:t>Access - initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école supérieure angevine d'informatique et de productique spécialité informatique et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>ESAIP - site d'Angers</x:t>
   </x:si>
   <x:si>
     <x:t>49124</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire physique et technologie (PT), 2e année</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Directeur de la donnée (chief data officer) spécialisation management de projets data et RGPD (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Transmission numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Serveur et administration systèmes - gestion et sécurisation des infrastructures</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire physique et technologie (PT*), 2e année</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique, technologie et sciences de l'ingénieur (PTSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité informatique parcours déploiement d'applications communicantes et sécurisées</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Langages informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
@@ -788,65 +788,65 @@
   <x:si>
     <x:t>Titre Professionnel Technicien supérieur systèmes et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Général et Technologique Louis Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
-    <x:t>ARLES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/07/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation à la carte (management et gestion de projet)</x:t>
   </x:si>
   <x:si>
     <x:t>Prevot Strat et Co</x:t>
   </x:si>
   <x:si>
     <x:t>13230</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet numérique</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2025 00:00:00</x:t>
@@ -1169,122 +1169,122 @@
   <x:si>
     <x:t>Développement web</x:t>
   </x:si>
   <x:si>
     <x:t>First Line Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dominique Villars</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée D Villars</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS SIO Option A «Solutions d'infrastructure, systèmes et réseaux »</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS SIO option B «Solutions logicielles et applications métiers»</x:t>
   </x:si>
   <x:si>
-    <x:t>GAP CEDEX</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>M2S Formation Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Ism Fénélon</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CS - Certificat de spécialisation Cybersécurité (ex Mention Complémentaire)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
-[...5 lines deleted...]
-    <x:t>06000</x:t>
+    <x:t>Licence pro mention métiers de l'informatique : administration et sécurité des systèmes et des réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention métiers de l'informatique : administration et sécurité des systèmes et des réseaux (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CS - Certificat de spécialisation Cybersécurité (ex Mention Complémentaire)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence Professionnelle - Métiers de l'informatique : administration et sécurité des systèmes et des réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur réseau NetOps</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
@@ -1427,77 +1427,77 @@
   <x:si>
     <x:t>Création d'un site internet dynamique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC03 Participer à la gestion de la cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure privée Aristée</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure privée Aristée</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Gestionnaire de la sécurité des données, des réseaux et des systèmes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My BS - My Business School La Valette</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC01 Administrer et sécuriser les infrastructures</x:t>
   </x:si>
   <x:si>
     <x:t>Gestionnaire de la sécurité des données, des réseaux et des systèmes (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC02 Concevoir et mettre en œuvre une solution en réponse à un besoin d'évolution</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Gestionnaire de la sécurité des données, des réseaux et des systèmes</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie des systèmes d'information étendus</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>Excel initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Développement Formation</x:t>
@@ -1583,74 +1583,74 @@
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien datacenter</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Animer un programme de sensibilisation à la cybersécurité et à l’hygiène numérique (méthodologie Cyberpark)</x:t>
   </x:si>
   <x:si>
     <x:t>Kubernetes : initiation + approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel open source</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>La Plateforme Formation - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
     <x:t>Initiation sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Descodeuses</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Femme , Handicapé , Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>La Plateforme Formation - Antenne Marseille</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Information Technology Infrastructure Library (ITIL4) : Bases</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan|Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Keyce International Academy - Collège de Paris</x:t>
@@ -1703,116 +1703,116 @@
   <x:si>
     <x:t>Kouta Services- Al-Habib Ivoulsou</x:t>
   </x:si>
   <x:si>
     <x:t>25000</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Ch Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
+    <x:t>Mandyben</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ogec des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité des TI-Technologie de l’information</x:t>
   </x:si>
   <x:si>
-    <x:t>Mandyben</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diderot Education - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/16/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>LP École libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ecole libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WordPress rédacteur</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'informatique : administration et sécurité des systèmes et des réseaux parcours cybersécurité et réponse à incident pour les systèmes d’information, industriels et urbains (Apprentissage)</x:t>
@@ -1838,59 +1838,59 @@
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Marseille - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>My Business School Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>IFC Méditerranée</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>IFC Méditerranée</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Analyste SOC (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>Ajc Formation</x:t>
   </x:si>
   <x:si>
     <x:t>92200</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
@@ -1952,65 +1952,65 @@
   <x:si>
     <x:t>Master mention informatique parcours géométrie et informatique graphique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours Internet of Things</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du décisionnel et de la statistique parcours informatique décisionnelle, statistiques et big data</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse de données</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours informatique et mathématiques discrètes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours Ingénierie du développement logiciel parcours ingénierie du développement logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours fiabilité et sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours architecture des réseaux et cybersécurité</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Thiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Électricité</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers du décisionnel et de la statistique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
@@ -2108,62 +2108,62 @@
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de solutions digitales et data (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Esimed</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager de projets informatiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention informatique parcours métiers du développement informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager de projets informatiques</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur intégrateur d'infrastructures informatiques (systèmes et réseaux, applicatives, ou de sécurité) (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
@@ -2366,92 +2366,92 @@
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>07/11/2026 00:00:00</x:t>
+    <x:t>Blockchain - Module expert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blockchain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Méditerranée Ordinateurs pour le Développement et l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure des Compétences et Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité (Apprentissage)</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Delivery Digital Nice</x:t>
   </x:si>
   <x:si>
     <x:t>DDN</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
@@ -2618,62 +2618,62 @@
   <x:si>
     <x:t>Administrateur Systèmes et Réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Weecast - Tuto.com</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bonaparte</x:t>
   </x:si>
   <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
     <x:t>mastère spé. cybersécurité (ISEN Yncréa Méditerranée)</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
   </x:si>
   <x:si>
-    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>bachelor en sciences et ingénierie - cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor en sciences et ingénierie - cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Supérieur de l’Électronique et du Numérique - Toulon - Yncréa Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
@@ -2690,78 +2690,78 @@
   <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor 2 3D, Animation, Jeu Vidéo et Industries du futur</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - Spécialité infrastructure et réseaux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en architecture des systèmes d’information spécialisation Expert Cloud, sécurité et infrastructure (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - Spécialité infrastructure et réseaux (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité science des données parcours exploration et modélisation statistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - Spécialité cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
+    <x:t>M2s Formation School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>M2s Formation</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>M2s Formation School</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -5023,1124 +5023,1127 @@
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>605014</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>549735</x:v>
+        <x:v>535090</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>549737</x:v>
+        <x:v>535313</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>604978</x:v>
+        <x:v>571049</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>39586</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>605010</x:v>
+        <x:v>550731</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>535090</x:v>
+        <x:v>550735</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>535313</x:v>
+        <x:v>604978</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-        <x:v>161</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>571049</x:v>
+        <x:v>605010</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>127</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>129</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>550731</x:v>
+        <x:v>592580</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>550735</x:v>
+        <x:v>549735</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>604928</x:v>
+        <x:v>549737</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>604931</x:v>
+        <x:v>550732</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>549734</x:v>
+        <x:v>616479</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
-      <x:c r="E45" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>549752</x:v>
+        <x:v>606189</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>171</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>549758</x:v>
+        <x:v>592951</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
+      <x:c r="E47" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>616479</x:v>
+        <x:v>604928</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
-      <x:c r="E48" s="14" t="s"/>
+      <x:c r="E48" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>606189</x:v>
+        <x:v>604931</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>125</x:v>
-[...1 lines deleted...]
-      <x:c r="C49" s="3" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="n">
+        <x:v>40792</x:v>
+      </x:c>
       <x:c r="D49" s="3" t="s"/>
+      <x:c r="E49" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>534100</x:v>
+        <x:v>549734</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>35568</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s"/>
+      <x:c r="E50" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>595930</x:v>
+        <x:v>549752</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>178</x:v>
-[...1 lines deleted...]
-      <x:c r="C51" s="3" t="s"/>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="n">
+        <x:v>39586</x:v>
+      </x:c>
       <x:c r="D51" s="3" t="s"/>
+      <x:c r="E51" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J51" s="0" t="s">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>592951</x:v>
+        <x:v>549758</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
@@ -6157,51 +6160,51 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>605012</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
@@ -6261,374 +6264,376 @@
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>534020</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>127</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
-      <x:c r="E55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>129</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>550732</x:v>
+        <x:v>534100</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>37843</x:v>
+        <x:v>35568</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>550743</x:v>
+        <x:v>595930</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C57" s="3" t="s"/>
+      <x:c r="C57" s="3" t="n">
+        <x:v>37843</x:v>
+      </x:c>
       <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="J57" s="0" t="s">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>568784</x:v>
+        <x:v>550743</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>129</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>535305</x:v>
+        <x:v>568784</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
+      <x:c r="E59" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>590884</x:v>
+        <x:v>535305</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="C60" s="15" t="s"/>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C60" s="15" t="n">
+        <x:v>40792</x:v>
+      </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>105</x:v>
-[...1 lines deleted...]
-      <x:c r="J60" s="14" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="J60" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>592580</x:v>
+        <x:v>590884</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6695,162 +6700,162 @@
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>518922</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>592910</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>604973</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35476</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -7032,54 +7037,54 @@
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>605013</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>80</x:v>
@@ -7257,51 +7262,51 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>595544</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
@@ -7371,97 +7376,97 @@
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>538405</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>497035</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
@@ -7487,100 +7492,100 @@
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>574908</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37843</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>535038</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
@@ -7603,108 +7608,108 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>611125</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>550736</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -7925,51 +7930,51 @@
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>534010</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
@@ -8032,88 +8037,88 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>523223</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>609468</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
@@ -8528,259 +8533,259 @@
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>575993</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>31113</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
-      <x:c r="E96" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="Q96" s="16" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="R96" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="Q96" s="16" t="s">
+      <x:c r="S96" s="14" t="n">
+        <x:v>554807</x:v>
+      </x:c>
+      <x:c r="T96" s="16" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="U96" s="16" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R97" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="S97" s="0" t="n">
+        <x:v>558745</x:v>
+      </x:c>
+      <x:c r="T97" s="4" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="U97" s="4" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>31113</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s"/>
+      <x:c r="E98" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>554807</x:v>
+        <x:v>552108</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>568725</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
@@ -8793,108 +8798,108 @@
       <x:c r="J100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>598115</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>552107</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>31115</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
@@ -8907,100 +8912,100 @@
       <x:c r="J102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>598125</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>572378</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
@@ -9013,100 +9018,100 @@
       <x:c r="J104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>598116</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>568785</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>31115</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
@@ -9119,51 +9124,51 @@
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>598124</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>146</x:v>
@@ -9403,104 +9408,104 @@
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>588395</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>503861</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9741,51 +9746,51 @@
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>564566</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>259</x:v>
@@ -9799,62 +9804,62 @@
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>503860</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
@@ -10052,51 +10057,51 @@
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>614687</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
@@ -10154,51 +10159,51 @@
       <x:c r="M124" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>549272</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10208,173 +10213,172 @@
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>588314</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>264</x:v>
-[...1 lines deleted...]
-      <x:c r="H126" s="14" t="s"/>
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s">
+        <x:v>276</x:v>
+      </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>514140</x:v>
+        <x:v>611489</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>275</x:v>
-[...2 lines deleted...]
-        <x:v>276</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>611489</x:v>
+        <x:v>514140</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
@@ -10388,219 +10392,216 @@
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>615481</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
-      <x:c r="E129" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>261</x:v>
-[...2 lines deleted...]
-        <x:v>262</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>259</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>549238</x:v>
+        <x:v>568727</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>134</x:v>
-[...1 lines deleted...]
-      <x:c r="C130" s="15" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C130" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s"/>
+      <x:c r="E130" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="H130" s="14" t="s"/>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s">
+        <x:v>262</x:v>
+      </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>136</x:v>
-[...1 lines deleted...]
-      <x:c r="J130" s="14" t="s"/>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="J130" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>568727</x:v>
+        <x:v>614700</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>614700</x:v>
+        <x:v>549238</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
@@ -10612,51 +10613,51 @@
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>588315</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
@@ -11032,51 +11033,51 @@
       <x:c r="U139" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -11101,51 +11102,51 @@
         <x:v>38325</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>595754</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
@@ -11833,51 +11834,51 @@
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>595755</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
@@ -11944,51 +11945,51 @@
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>596436</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
@@ -12121,110 +12122,110 @@
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>502397</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>507183</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12237,51 +12238,51 @@
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>507186</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12409,100 +12410,100 @@
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>605044</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>502370</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
@@ -12542,51 +12543,51 @@
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>592938</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
@@ -13513,102 +13514,102 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>542289</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>498292</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -13680,51 +13681,51 @@
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>515618</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
@@ -13740,51 +13741,51 @@
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>611843</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -13799,51 +13800,51 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>547581</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
@@ -13915,441 +13916,441 @@
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>547580</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>515619</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>543714</x:v>
+        <x:v>595886</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>509806</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>595886</x:v>
+        <x:v>543714</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>543713</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>595549</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>509807</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -14364,51 +14365,51 @@
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>600666</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
@@ -14750,51 +14751,51 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>611774</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -14809,320 +14810,319 @@
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>504971</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="C209" s="3" t="s"/>
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="C209" s="3" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H209" s="0" t="s">
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="J209" s="0" t="s">
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>605027</x:v>
+        <x:v>517234</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>37488</x:v>
+        <x:v>40102</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="Q210" s="16" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="R210" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="Q210" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>558640</x:v>
+        <x:v>614634</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>387</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
-      <x:c r="E211" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>382</x:v>
-[...2 lines deleted...]
-        <x:v>383</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>384</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="Q211" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="R211" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="Q211" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>614634</x:v>
+        <x:v>605027</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
-      <x:c r="E212" s="14" t="s"/>
+      <x:c r="E212" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>517234</x:v>
+        <x:v>558640</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>608352</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>29964</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
@@ -15137,111 +15137,111 @@
       <x:c r="J214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>581442</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="Q215" s="4" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="R215" s="0" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>608109</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -15250,51 +15250,51 @@
         <x:v>146</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>615472</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>29964</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
@@ -15307,102 +15307,102 @@
       <x:c r="J217" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>606267</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>596940</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
@@ -16084,139 +16084,139 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>605037</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>580364</x:v>
+        <x:v>611395</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>30857</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>611395</x:v>
+        <x:v>580364</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>408</x:v>
@@ -16925,51 +16925,51 @@
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>507233</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
@@ -17038,59 +17038,59 @@
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>507531</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -17105,51 +17105,51 @@
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>598913</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>80</x:v>
@@ -17321,51 +17321,51 @@
       <x:c r="M254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>558396</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>100</x:v>
@@ -17529,51 +17529,51 @@
       <x:c r="M258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>558379</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -17583,51 +17583,51 @@
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>607298</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17697,51 +17697,51 @@
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>598916</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17813,452 +17813,447 @@
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>555189</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>37346</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>607296</x:v>
+        <x:v>597153</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>37346</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
-      <x:c r="E265" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>436</x:v>
-[...2 lines deleted...]
-        <x:v>437</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>556597</x:v>
+        <x:v>607296</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>37346</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
-      <x:c r="E266" s="14" t="s"/>
+      <x:c r="E266" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>431</x:v>
-[...1 lines deleted...]
-      <x:c r="H266" s="14" t="s"/>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H266" s="14" t="s">
+        <x:v>437</x:v>
+      </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>607297</x:v>
+        <x:v>556597</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
-      <x:c r="E267" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>436</x:v>
-[...2 lines deleted...]
-        <x:v>437</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>556574</x:v>
+        <x:v>607297</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
-      <x:c r="E268" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>436</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>607711</x:v>
+        <x:v>606160</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>37346</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
+      <x:c r="E269" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>597153</x:v>
+        <x:v>598912</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
-      <x:c r="E270" s="14" t="s"/>
+      <x:c r="E270" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>431</x:v>
-[...1 lines deleted...]
-      <x:c r="H270" s="14" t="s"/>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H270" s="14" t="s">
+        <x:v>437</x:v>
+      </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>606160</x:v>
+        <x:v>607710</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -18285,148 +18280,151 @@
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>595889</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>595877</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>598912</x:v>
+        <x:v>607711</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>432</x:v>
@@ -18437,57 +18435,57 @@
       <x:c r="K274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>607710</x:v>
+        <x:v>556574</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
@@ -18505,110 +18503,110 @@
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>555188</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>507234</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
@@ -18670,51 +18668,51 @@
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>558368</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>100</x:v>
@@ -19578,51 +19576,51 @@
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>615206</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
@@ -20000,51 +19998,51 @@
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>586506</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
@@ -20478,264 +20476,258 @@
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>573182</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>483</x:v>
-[...1 lines deleted...]
-      <x:c r="C313" s="3" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C313" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D313" s="3" t="s"/>
+      <x:c r="E313" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="J313" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>587051</x:v>
+        <x:v>605581</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>601329</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
-      <x:c r="E315" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>194</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>605581</x:v>
+        <x:v>587051</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
-      <x:c r="E316" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>194</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>553577</x:v>
+        <x:v>587050</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
@@ -20787,106 +20779,114 @@
       <x:c r="K318" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>587050</x:v>
+        <x:v>587054</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>483</x:v>
-[...1 lines deleted...]
-      <x:c r="C319" s="3" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C319" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D319" s="3" t="s"/>
+      <x:c r="E319" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="J319" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>587054</x:v>
+        <x:v>553577</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
@@ -20932,51 +20932,51 @@
       <x:c r="G321" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>505179</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
@@ -21201,54 +21201,54 @@
         <x:v>326</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>605580</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>326</x:v>
@@ -21425,51 +21425,51 @@
       <x:c r="L330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>599360</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -21939,1562 +21939,1574 @@
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>595882</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>159</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
-      <x:c r="E340" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>556789</x:v>
+        <x:v>576614</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C341" s="3" t="n">
+        <x:v>37488</x:v>
+      </x:c>
+      <x:c r="D341" s="3" t="s"/>
+      <x:c r="E341" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G341" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H341" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="I341" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="J341" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="K341" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L341" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M341" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N341" s="3" t="n">
+        <x:v>31045</x:v>
+      </x:c>
+      <x:c r="O341" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="P341" s="0" t="s">
         <x:v>545</x:v>
-      </x:c>
-[...24 lines deleted...]
-        <x:v>546</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>578375</x:v>
+        <x:v>556789</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>584584</x:v>
+        <x:v>578375</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>584585</x:v>
+        <x:v>584584</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>576620</x:v>
+        <x:v>584585</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>576621</x:v>
+        <x:v>576620</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
-      <x:c r="E346" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="J346" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>605524</x:v>
+        <x:v>576621</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
+      <x:c r="E347" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>595551</x:v>
+        <x:v>605524</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
-      <x:c r="E348" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>552912</x:v>
+        <x:v>595551</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>552918</x:v>
+        <x:v>552912</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>552931</x:v>
+        <x:v>552918</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="C351" s="3" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C351" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D351" s="3" t="s"/>
+      <x:c r="E351" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
+      <x:c r="J351" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>584586</x:v>
+        <x:v>552931</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>576617</x:v>
+        <x:v>584586</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>576623</x:v>
+        <x:v>576617</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>576625</x:v>
+        <x:v>576623</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>576626</x:v>
+        <x:v>576625</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
-      <x:c r="E356" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="J356" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>605529</x:v>
+        <x:v>576626</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>133</x:v>
-[...1 lines deleted...]
-      <x:c r="C357" s="3" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C357" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D357" s="3" t="s"/>
+      <x:c r="E357" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
+      <x:c r="J357" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>576624</x:v>
+        <x:v>605529</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>159</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
-      <x:c r="E358" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>609471</x:v>
+        <x:v>576624</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H359" s="0" t="s">
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>497034</x:v>
+        <x:v>609471</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>611746</x:v>
+        <x:v>584582</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>561</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>584582</x:v>
+        <x:v>576618</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>576618</x:v>
+        <x:v>576619</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>468</x:v>
-[...1 lines deleted...]
-      <x:c r="C363" s="3" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C363" s="3" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D363" s="3" t="s"/>
+      <x:c r="E363" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="J363" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>576619</x:v>
+        <x:v>497034</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
-      <x:c r="E364" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>543</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>605525</x:v>
+        <x:v>611746</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>552913</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>468</x:v>
-[...1 lines deleted...]
-      <x:c r="C366" s="15" t="s"/>
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C366" s="15" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="J366" s="14" t="s"/>
+      <x:c r="J366" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
       <x:c r="K366" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>576614</x:v>
+        <x:v>596941</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
+      <x:c r="E367" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>596941</x:v>
+        <x:v>605525</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -23565,176 +23577,176 @@
       <x:c r="R369" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>611739</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>584588</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>584589</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>585515</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
@@ -23780,146 +23792,146 @@
       <x:c r="R373" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>558155</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>576616</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>576627</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -24100,161 +24112,158 @@
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>509531</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>37346</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I380" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>556634</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
-      <x:c r="E381" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>546764</x:v>
+        <x:v>595884</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
@@ -24277,154 +24286,156 @@
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>608137</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>602082</x:v>
+        <x:v>546764</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
-      <x:c r="E384" s="14" t="s"/>
+      <x:c r="E384" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>595884</x:v>
+        <x:v>602082</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
@@ -24970,51 +24981,51 @@
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>531255</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -25027,51 +25038,51 @@
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>531265</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
         <x:v>259</x:v>
@@ -25085,54 +25096,54 @@
       <x:c r="L396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>503933</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
@@ -25215,51 +25226,51 @@
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>608142</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>80</x:v>
@@ -25275,110 +25286,110 @@
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>556632</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>499454</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
@@ -25444,54 +25455,54 @@
       <x:c r="L402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>504710</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
@@ -25515,51 +25526,51 @@
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>549352</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
@@ -25633,99 +25644,99 @@
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>574955</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>557044</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
@@ -25878,87 +25889,87 @@
       <x:c r="T409" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>35093</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>553578</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -26148,105 +26159,105 @@
       <x:c r="M414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>549377</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>557041</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>40288</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
@@ -26401,51 +26412,51 @@
       <x:c r="T418" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>35093</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
@@ -26506,103 +26517,103 @@
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>608011</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>504711</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
@@ -26682,207 +26693,207 @@
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>574994</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>303</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>93</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>627</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>592285</x:v>
+        <x:v>594656</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>592286</x:v>
+        <x:v>592285</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>628</x:v>
-[...1 lines deleted...]
-      <x:c r="C426" s="15" t="s"/>
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C426" s="15" t="n">
+        <x:v>39490</x:v>
+      </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>629</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>630</x:v>
-[...1 lines deleted...]
-      <x:c r="J426" s="14" t="s"/>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="J426" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="P426" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="Q426" s="16" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="R426" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="P426" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>594656</x:v>
+        <x:v>592286</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -27344,229 +27355,229 @@
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>592404</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>592582</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>592953</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>628</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>631</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>594658</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>592911</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
@@ -27786,51 +27797,51 @@
       <x:c r="U443" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
@@ -28078,51 +28089,51 @@
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>601772</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
@@ -28131,51 +28142,51 @@
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>592937</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
@@ -28295,51 +28306,51 @@
       <x:c r="E453" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>554510</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
@@ -28424,51 +28435,51 @@
       <x:c r="L455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
@@ -28650,153 +28661,154 @@
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>500792</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>35273</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>574913</x:v>
+        <x:v>474286</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
-        <x:v>35273</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H461" s="0" t="s">
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>474286</x:v>
+        <x:v>574913</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
@@ -28819,51 +28831,51 @@
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>509510</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>29</x:v>
@@ -28927,155 +28939,155 @@
       <x:c r="M464" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>615182</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="E465" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>502701</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>502702</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>145</x:v>
@@ -30135,51 +30147,51 @@
       <x:c r="M486" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>542192</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
@@ -30192,110 +30204,110 @@
       <x:c r="L487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>515226</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>497033</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -30319,51 +30331,51 @@
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>549300</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -30378,51 +30390,51 @@
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>614344</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>28</x:v>
@@ -30540,51 +30552,51 @@
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>592803</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s"/>
       <x:c r="K494" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
@@ -30980,62 +30992,62 @@
       <x:c r="L501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>601247</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -31093,62 +31105,62 @@
       <x:c r="L503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>518921</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -31277,51 +31289,51 @@
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>599419</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>100</x:v>
@@ -31738,51 +31750,51 @@
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>557603</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>29</x:v>
@@ -31795,110 +31807,110 @@
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>507574</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>499876</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>100</x:v>
@@ -32133,102 +32145,102 @@
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>595878</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>601936</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -32238,51 +32250,51 @@
       <x:c r="L523" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>601256</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s">
         <x:v>712</x:v>
@@ -32464,51 +32476,51 @@
       <x:c r="L527" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>544705</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
@@ -32526,51 +32538,51 @@
       <x:c r="M528" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>601935</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
@@ -32636,51 +32648,51 @@
       <x:c r="L530" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>549019</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C531" s="3" t="s"/>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>80</x:v>
@@ -32868,102 +32880,102 @@
       <x:c r="M534" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>511092</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>545465</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
@@ -33149,222 +33161,220 @@
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>580623</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35457</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
-      <x:c r="E540" s="14" t="s"/>
+      <x:c r="E540" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>716</x:v>
-[...1 lines deleted...]
-      <x:c r="H540" s="14" t="s"/>
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="H540" s="14" t="s">
+        <x:v>729</x:v>
+      </x:c>
       <x:c r="I540" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>588471</x:v>
+        <x:v>453837</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>745</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
-        <x:v>35457</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
-      <x:c r="E541" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>728</x:v>
-[...2 lines deleted...]
-        <x:v>729</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
-        <x:v>24218</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>453837</x:v>
+        <x:v>588471</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>507181</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>34602</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="E543" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -33436,51 +33446,51 @@
       <x:c r="M544" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>502398</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>40864</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="E545" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -33490,341 +33500,343 @@
       <x:c r="L545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>589898</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>765</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>598484</x:v>
+        <x:v>497069</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>599724</x:v>
+        <x:v>588470</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>497069</x:v>
+        <x:v>598484</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>603</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>766</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>588470</x:v>
+        <x:v>599724</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>107</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
-      <x:c r="E550" s="14" t="s"/>
-      <x:c r="F550" s="14" t="s"/>
+      <x:c r="E550" s="14" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="F550" s="14" t="s">
+        <x:v>769</x:v>
+      </x:c>
       <x:c r="G550" s="14" t="s">
-        <x:v>712</x:v>
-[...1 lines deleted...]
-      <x:c r="H550" s="14" t="s"/>
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="H550" s="14" t="s">
+        <x:v>397</x:v>
+      </x:c>
       <x:c r="I550" s="16" t="s">
-        <x:v>384</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="J550" s="14" t="s"/>
       <x:c r="K550" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31004</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>712</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>595555</x:v>
+        <x:v>583890</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="E551" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>29</x:v>
@@ -33837,100 +33849,100 @@
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>546522</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>753</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>587738</x:v>
+        <x:v>544707</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>768</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
@@ -34016,914 +34028,913 @@
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
         <x:v>498534</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>507184</x:v>
+        <x:v>588358</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>748</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>608472</x:v>
+        <x:v>507184</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>453831</x:v>
+        <x:v>608472</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>770</x:v>
-[...1 lines deleted...]
-      <x:c r="C558" s="15" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C558" s="15" t="n">
+        <x:v>40792</x:v>
+      </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
-        <x:v>771</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I558" s="16" t="s">
-        <x:v>398</x:v>
-[...1 lines deleted...]
-      <x:c r="J558" s="14" t="s"/>
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="J558" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K558" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
-        <x:v>31004</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>773</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>774</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>775</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>583890</x:v>
+        <x:v>556381</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>776</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="H559" s="0" t="s">
+        <x:v>729</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>588358</x:v>
+        <x:v>453831</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>743</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
-        <x:v>732</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
-        <x:v>732</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>554385</x:v>
+        <x:v>549013</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
+      <x:c r="E561" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>544707</x:v>
+        <x:v>554385</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>778</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>414</x:v>
-[...1 lines deleted...]
-      <x:c r="C562" s="15" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C562" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>779</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
-        <x:v>321</x:v>
-[...1 lines deleted...]
-      <x:c r="J562" s="14" t="s"/>
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="J562" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="K562" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>517855</x:v>
+        <x:v>587738</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>781</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>782</x:v>
+        <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
-      <x:c r="E563" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>382</x:v>
-[...2 lines deleted...]
-        <x:v>383</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>608183</x:v>
+        <x:v>595555</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="C564" s="15" t="s"/>
       <x:c r="D564" s="15" t="s"/>
-      <x:c r="E564" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>738</x:v>
-[...1 lines deleted...]
-      <x:c r="H564" s="14" t="s"/>
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="H564" s="14" t="s">
+        <x:v>780</x:v>
+      </x:c>
       <x:c r="I564" s="16" t="s">
-        <x:v>739</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="J564" s="14" t="s"/>
       <x:c r="K564" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>740</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>499873</x:v>
+        <x:v>517855</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>750</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="E565" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H565" s="0" t="s">
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>554383</x:v>
+        <x:v>608183</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>711</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>607856</x:v>
+        <x:v>499873</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="E567" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>614310</x:v>
+        <x:v>554383</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="I568" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>556381</x:v>
+        <x:v>607856</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>549013</x:v>
+        <x:v>614310</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35100,51 +35111,51 @@
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>605041</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -35159,51 +35170,51 @@
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>498535</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>28</x:v>
@@ -35219,153 +35230,153 @@
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>557621</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>502371</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>545464</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C578" s="15" t="s"/>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s"/>
       <x:c r="K578" s="14" t="s">
@@ -35385,51 +35396,51 @@
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>505180</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>29</x:v>
@@ -35442,51 +35453,51 @@
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>553984</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I580" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -35547,51 +35558,51 @@
       <x:c r="M581" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>497070</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
@@ -35603,173 +35614,173 @@
       <x:c r="L582" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>601236</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="E583" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>515227</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>507182</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="E585" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35782,51 +35793,51 @@
       <x:c r="M585" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>507185</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
@@ -35838,187 +35849,187 @@
       <x:c r="L586" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>549291</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C587" s="3" t="s"/>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>592909</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C588" s="15" t="s"/>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s"/>
       <x:c r="I588" s="16" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s"/>
       <x:c r="K588" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>592581</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C589" s="3" t="s"/>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="G589" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
         <x:v>592952</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
@@ -36555,51 +36566,51 @@
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>580622</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K600" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -36895,237 +36906,237 @@
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>558867</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s"/>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>551783</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="E607" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
         <x:v>604383</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C608" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H608" s="14" t="s"/>
       <x:c r="I608" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K608" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
         <x:v>565695</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="G609" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
@@ -37486,54 +37497,54 @@
       <x:c r="L616" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>31002</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
         <x:v>611209</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C617" s="3" t="s"/>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="G617" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>28</x:v>
@@ -37541,51 +37552,51 @@
       <x:c r="M617" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>611848</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C618" s="15" t="s"/>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I618" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s"/>
       <x:c r="K618" s="14" t="s">
         <x:v>117</x:v>
@@ -38045,51 +38056,51 @@
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
         <x:v>596799</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
@@ -38461,74 +38472,74 @@
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
         <x:v>606190</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C635" s="3" t="s"/>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
         <x:v>594655</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
@@ -38944,51 +38955,51 @@
       </x:c>
       <x:c r="P643" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
         <x:v>580866</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
         <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I644" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -39063,51 +39074,51 @@
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>556125</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I646" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K646" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
@@ -39116,59 +39127,59 @@
       <x:c r="M646" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>511096</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="E647" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>80</x:v>
@@ -39181,540 +39192,550 @@
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
         <x:v>607801</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
-        <x:v>849</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C648" s="15" t="s"/>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
-        <x:v>850</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s"/>
       <x:c r="K648" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
-        <x:v>850</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
-        <x:v>596819</x:v>
+        <x:v>580868</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>841</x:v>
-[...1 lines deleted...]
-      <x:c r="C649" s="3" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C649" s="3" t="n">
+        <x:v>39115</x:v>
+      </x:c>
       <x:c r="D649" s="3" t="s"/>
+      <x:c r="E649" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G649" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="J649" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>580868</x:v>
+        <x:v>535085</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
-        <x:v>801</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K650" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
-        <x:v>535085</x:v>
+        <x:v>550682</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="E651" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
-        <x:v>550682</x:v>
+        <x:v>550733</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
-        <x:v>128</x:v>
-[...1 lines deleted...]
-      <x:c r="H652" s="14" t="s"/>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H652" s="14" t="s">
+        <x:v>383</x:v>
+      </x:c>
       <x:c r="I652" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K652" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
-        <x:v>550733</x:v>
+        <x:v>556375</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="G653" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
         <x:v>504168</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s"/>
       <x:c r="I654" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J654" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K654" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L654" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
         <x:v>550734</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="E655" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>550737</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
-        <x:v>852</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s"/>
       <x:c r="I656" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K656" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
         <x:v>608603</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
@@ -39742,51 +39763,51 @@
       <x:c r="L657" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R657" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S657" s="0" t="n">
         <x:v>513899</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C658" s="15" t="s"/>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s"/>
       <x:c r="F658" s="14" t="s"/>
       <x:c r="G658" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H658" s="14" t="s"/>
       <x:c r="I658" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J658" s="14" t="s"/>
       <x:c r="K658" s="14" t="s">
@@ -39806,51 +39827,51 @@
       </x:c>
       <x:c r="P658" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
         <x:v>615489</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="G659" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>29</x:v>
@@ -39860,223 +39881,215 @@
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
         <x:v>606242</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="C660" s="15" t="s"/>
       <x:c r="D660" s="15" t="s"/>
-      <x:c r="E660" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E660" s="14" t="s"/>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s"/>
       <x:c r="I660" s="16" t="s">
-        <x:v>129</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="J660" s="14" t="s"/>
       <x:c r="K660" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
-        <x:v>550690</x:v>
+        <x:v>596819</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="E661" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
-        <x:v>550738</x:v>
+        <x:v>550690</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
-        <x:v>382</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H662" s="14" t="s"/>
       <x:c r="I662" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J662" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K662" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L662" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M662" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N662" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O662" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P662" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q662" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R662" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
-        <x:v>556375</x:v>
+        <x:v>550738</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C663" s="3" t="s"/>
       <x:c r="D663" s="3" t="s"/>
       <x:c r="G663" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H663" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I663" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L663" s="0" t="s">
         <x:v>80</x:v>
@@ -40101,76 +40114,76 @@
       </x:c>
       <x:c r="S663" s="0" t="n">
         <x:v>567361</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
         <x:v>37473</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s"/>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
-        <x:v>850</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H664" s="14" t="s"/>
       <x:c r="I664" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="J664" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K664" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
-        <x:v>850</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
         <x:v>596392</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
@@ -40268,85 +40281,85 @@
       </x:c>
       <x:c r="P666" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
         <x:v>599305</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="E667" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>608581</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
@@ -40361,131 +40374,131 @@
         <x:v>128</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K668" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
         <x:v>506002</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="E669" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
         <x:v>506004</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C670" s="15" t="s"/>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s"/>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s"/>
       <x:c r="K670" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
@@ -40559,232 +40572,232 @@
         <x:v>596792</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
-        <x:v>852</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K672" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>608580</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="E673" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>535092</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C674" s="15" t="s"/>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s"/>
       <x:c r="K674" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>592950</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C675" s="3" t="s"/>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="G675" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
         <x:v>592908</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
@@ -40846,104 +40859,104 @@
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C677" s="3" t="s"/>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="G677" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
         <x:v>592936</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
-        <x:v>628</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C678" s="15" t="s"/>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s"/>
       <x:c r="I678" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="J678" s="14" t="s"/>
       <x:c r="K678" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
-        <x:v>631</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
         <x:v>594657</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
@@ -41235,62 +41248,62 @@
       <x:c r="L684" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
         <x:v>605086</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="E685" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="H685" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>28</x:v>
@@ -41359,332 +41372,334 @@
       </x:c>
       <x:c r="P686" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
         <x:v>615205</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
-        <x:v>36462</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="E687" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
-        <x:v>509830</x:v>
+        <x:v>549693</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
-        <x:v>873</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C688" s="15" t="s"/>
       <x:c r="D688" s="15" t="s"/>
-      <x:c r="E688" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E688" s="14" t="s"/>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s"/>
       <x:c r="I688" s="16" t="s">
-        <x:v>832</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="J688" s="14" t="s"/>
       <x:c r="K688" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
-        <x:v>832</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
-        <x:v>549693</x:v>
+        <x:v>615484</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="C689" s="3" t="s"/>
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="C689" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D689" s="3" t="s"/>
+      <x:c r="E689" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G689" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="I689" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="J689" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
-        <x:v>615484</x:v>
+        <x:v>549706</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="C690" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s"/>
       <x:c r="I690" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J690" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K690" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
-        <x:v>549706</x:v>
+        <x:v>605066</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C691" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>36462</x:v>
       </x:c>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="E691" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
-        <x:v>605066</x:v>
+        <x:v>509830</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
-        <x:v>875</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s"/>
       <x:c r="I692" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K692" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -41759,162 +41774,161 @@
       </x:c>
       <x:c r="P693" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
         <x:v>554904</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
-        <x:v>833</x:v>
-[...1 lines deleted...]
-      <x:c r="H694" s="14" t="s"/>
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="H694" s="14" t="s">
+        <x:v>729</x:v>
+      </x:c>
       <x:c r="I694" s="16" t="s">
-        <x:v>832</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K694" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
-        <x:v>832</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
-        <x:v>549692</x:v>
+        <x:v>554884</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="E695" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
-        <x:v>728</x:v>
-[...2 lines deleted...]
-        <x:v>729</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
-        <x:v>554884</x:v>
+        <x:v>549692</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="C696" s="15" t="n">
         <x:v>35401</x:v>
       </x:c>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="H696" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="I696" s="16" t="s">
         <x:v>730</x:v>
@@ -41939,108 +41953,108 @@
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
         <x:v>603430</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="E697" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
         <x:v>605053</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
-        <x:v>769</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C698" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="H698" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="I698" s="16" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="J698" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K698" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L698" s="14" t="s">
@@ -42310,59 +42324,59 @@
       <x:c r="M703" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
         <x:v>549705</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
-        <x:v>769</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="I704" s="16" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="J704" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K704" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
@@ -42536,54 +42550,54 @@
       <x:c r="L707" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
         <x:v>605052</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C708" s="15" t="s"/>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s"/>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s"/>
       <x:c r="I708" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J708" s="14" t="s"/>
       <x:c r="K708" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L708" s="14" t="s">
@@ -42745,616 +42759,616 @@
       <x:c r="K711" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
-        <x:v>501309</x:v>
+        <x:v>501377</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C712" s="15" t="s"/>
       <x:c r="D712" s="15" t="s"/>
-      <x:c r="E712" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
-        <x:v>882</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s"/>
       <x:c r="I712" s="16" t="s">
-        <x:v>880</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="J712" s="14" t="s"/>
       <x:c r="K712" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
-        <x:v>882</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
-        <x:v>880</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
-        <x:v>600419</x:v>
+        <x:v>605036</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="E713" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
-        <x:v>501377</x:v>
+        <x:v>600419</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="C714" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C714" s="15" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D714" s="15" t="s"/>
-      <x:c r="E714" s="14" t="s"/>
+      <x:c r="E714" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s"/>
       <x:c r="I714" s="16" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="J714" s="14" t="s"/>
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="J714" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K714" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L714" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
-        <x:v>605036</x:v>
+        <x:v>501309</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="E715" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="J715" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
         <x:v>600428</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C716" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
-        <x:v>882</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s"/>
       <x:c r="I716" s="16" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="J716" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K716" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
-        <x:v>882</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
         <x:v>552569</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C717" s="3" t="n">
         <x:v>35093</x:v>
       </x:c>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="E717" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="J717" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
         <x:v>552565</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C718" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s"/>
       <x:c r="I718" s="16" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="J718" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K718" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L718" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M718" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N718" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O718" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P718" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
         <x:v>552585</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="E719" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
         <x:v>600661</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C720" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s"/>
       <x:c r="I720" s="16" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="J720" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K720" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
         <x:v>600662</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C721" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="E721" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N721" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O721" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P721" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
         <x:v>600421</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C722" s="15" t="s"/>