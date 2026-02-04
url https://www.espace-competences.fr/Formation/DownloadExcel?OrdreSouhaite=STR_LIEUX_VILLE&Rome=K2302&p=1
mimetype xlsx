--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -260,138 +260,138 @@
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INHNI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de l'Hygiène et du Nettoyage Industriel - CFA Régional Propreté Environnement Hygiène - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS métiers des services à l'environnement</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut National de l'Hygiène et du Nettoyage Industriel - CFA Régional Propreté Environnement Hygiène - Antenne Marseille</x:t>
-[...8 lines deleted...]
-    <x:t>MARSEILLE-13e</x:t>
+    <x:t>Lycée polyvalent Simone Veil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ville et environnements urbains</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Aménagement urbain</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
@@ -1288,174 +1288,172 @@
       <x:c r="K7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>556142</x:v>
+        <x:v>602526</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
-      <x:c r="E8" s="14" t="s"/>
+      <x:c r="E8" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>64</x:v>
-[...1 lines deleted...]
-      <x:c r="H8" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H8" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="I8" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>596698</x:v>
+        <x:v>556142</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
-      <x:c r="E9" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>602526</x:v>
+        <x:v>596698</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
@@ -1591,281 +1589,282 @@
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>605100</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
+      <x:c r="E13" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G13" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>572335</x:v>
+        <x:v>607273</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
-      <x:c r="E14" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>86</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>607273</x:v>
+        <x:v>592320</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>581591</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="H16" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="Q16" s="16" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="R16" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="S16" s="14" t="n">
+        <x:v>572335</x:v>
+      </x:c>
+      <x:c r="T16" s="16" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="U16" s="16" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>41383</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>97</x:v>
       </x:c>