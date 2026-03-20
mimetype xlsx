--- v0 (2026-02-02)
+++ v1 (2026-03-20)
@@ -227,62 +227,62 @@
   <x:si>
     <x:t>Titre professionnel canalisateur (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CFTP</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion ressource eau</x:t>
   </x:si>
   <x:si>
     <x:t>MALLEMORT</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/14/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LP le Chatelier</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la protection et de la gestion de l'environnement parcours éco-RSE : responsabilité sociétale des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
@@ -332,60 +332,60 @@
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Compétences BTP</x:t>
   </x:si>
   <x:si>
     <x:t>C BTP</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -1098,51 +1098,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>12532</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>546157</x:v>
+        <x:v>601722</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38078</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -1158,51 +1158,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>12532</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>601722</x:v>
+        <x:v>546157</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38499</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
@@ -1506,51 +1506,51 @@
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>551817</x:v>
+        <x:v>600998</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38499</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>79</x:v>
@@ -1567,51 +1567,51 @@
       <x:c r="K12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>600998</x:v>
+        <x:v>551817</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -1630,54 +1630,54 @@
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>601005</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38078</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>93</x:v>