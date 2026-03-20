--- v0 (2026-03-20)
+++ v1 (2026-03-20)
@@ -848,107 +848,107 @@
   <x:si>
     <x:t>Arobase Formations Provence</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>Économie sociale</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager expert qualité et performance des organisations d'économie sociale et solidaire BC1 Encadrer le Diagnostic qualité et stratégique d'une Organisation d'Economie Sociale et Solidaire</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable d'entreprise d'économie sociale et solidaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager expert qualité et performance des organisations d'économie sociale et solidaire (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable d'entreprise d'économie sociale et solidaire</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir et Ambition</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Gouvernant(e) en EHPAD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Établissement hébergement personnes âgées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Gouvernant(e) en EHPAD</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention gestion des structures sanitaires et sociales parcours responsable de structures enfance et petite enfance</x:t>
   </x:si>
   <x:si>
     <x:t>Protection sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention gestion des structures sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
@@ -1007,101 +1007,101 @@
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention intervention et développement social parcours handicap et dépendance</x:t>
   </x:si>
   <x:si>
     <x:t>Politique sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours handicap et santé</x:t>
   </x:si>
   <x:si>
     <x:t>Théorie graphes</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention santé publique parcours méthodes quantitatives et économétriques pour la recherche en santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur de Formation et de Préparation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISFP - HEM SANTE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur de Formation et de Préparation - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DU Stérilisation et dispositifs médicaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stérilisation médicale</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention santé publique parcours épidémiologie</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention santé publique parcours méthodes quantitatives et économétriques pour la recherche en santé</x:t>
-[...20 lines deleted...]
-    <x:t>Stérilisation médicale</x:t>
+    <x:t>DESU Maintien et soins à domicile de la personne âgée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hospitalisation à domicile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours  Artificial intelligence for public health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours encadrement des organisations de santé et management de la qualité et de la sécurité des soins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEM santé</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>HEM santé</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention santé publique parcours santé publique société et développement</x:t>
   </x:si>
   <x:si>
-    <x:t>DESU Maintien et soins à domicile de la personne âgée</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>DU Hygiène hospitalière et gestion de la contagion</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Ch Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
@@ -1115,56 +1115,56 @@
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale (CAFERUIS)</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional des formations sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
   </x:si>
   <x:si>
     <x:t>IRTS</x:t>
   </x:si>
   <x:si>
     <x:t>13267</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/07/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Epsa</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>Pastré Grande Bastide</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pastré</x:t>
@@ -1277,167 +1277,167 @@
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Nelson Mandela</x:t>
   </x:si>
   <x:si>
     <x:t>Amac Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMF RIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orgaly Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Travail social</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2025 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Maître(esse) de maison</x:t>
   </x:si>
   <x:si>
     <x:t>Maître de maison</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>03/15/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences sanitaires et sociales parcours sciences sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Coopératif Provence Alpes Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CCPAM</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/09/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention gestion des structures sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
@@ -1499,71 +1499,71 @@
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Aurlom Prépa</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences sociales</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
@@ -1724,69 +1724,69 @@
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation aux Métiers des Services à Domicile</x:t>
   </x:si>
   <x:si>
     <x:t>IFASAD</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2027 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>12/31/2027 00:00:00</x:t>
+    <x:t>Lycée Fénelon</x:t>
   </x:si>
   <x:si>
     <x:t>LP du Parc St-Jean</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Lycée Fénelon</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>83097</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
@@ -5641,159 +5641,160 @@
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>581342</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>547582</x:v>
+        <x:v>493639</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
+      <x:c r="E63" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>493639</x:v>
+        <x:v>494781</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
@@ -5802,57 +5803,57 @@
       <x:c r="K64" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>494781</x:v>
+        <x:v>547582</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -6991,145 +6992,145 @@
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>515230</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>41818</x:v>
+        <x:v>36867</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>620332</x:v>
+        <x:v>578327</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>36867</x:v>
+        <x:v>41818</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>578327</x:v>
+        <x:v>620332</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>265</x:v>
@@ -7209,261 +7210,262 @@
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>574060</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
-      <x:c r="E90" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>266</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>44039</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>601560</x:v>
+        <x:v>584646</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>44039</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>615372</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>272</x:v>
-[...1 lines deleted...]
-      <x:c r="C92" s="15" t="s"/>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C92" s="15" t="n">
+        <x:v>39539</x:v>
+      </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>252</x:v>
-[...1 lines deleted...]
-      <x:c r="J92" s="14" t="s"/>
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="J92" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>44039</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>584646</x:v>
+        <x:v>574061</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>39539</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>574061</x:v>
+        <x:v>601560</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
@@ -8148,51 +8150,51 @@
       <x:c r="L106" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42082</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>622002</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -8377,574 +8379,575 @@
       <x:c r="K110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>576234</x:v>
+        <x:v>576236</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C111" s="3" t="n">
+        <x:v>36939</x:v>
+      </x:c>
+      <x:c r="D111" s="3" t="s"/>
+      <x:c r="E111" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="G111" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="C111" s="3" t="n">
-[...5 lines deleted...]
-      </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>11001</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>576236</x:v>
+        <x:v>492468</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>316</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>43422</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>492468</x:v>
+        <x:v>589571</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>319</x:v>
-[...1 lines deleted...]
-      <x:c r="C113" s="3" t="s"/>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C113" s="3" t="n">
+        <x:v>39311</x:v>
+      </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
+      <x:c r="J113" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>43422</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>589571</x:v>
+        <x:v>576234</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>316</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>43406</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>553106</x:v>
+        <x:v>589589</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>36939</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
-      <x:c r="E115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>599700</x:v>
+        <x:v>576232</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>36939</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>323</x:v>
-[...1 lines deleted...]
-      <x:c r="H116" s="14" t="s"/>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>596702</x:v>
+        <x:v>576233</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>39311</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>11001</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>576237</x:v>
+        <x:v>596702</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>325</x:v>
-[...1 lines deleted...]
-      <x:c r="C118" s="15" t="s"/>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C118" s="15" t="n">
+        <x:v>36939</x:v>
+      </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s"/>
+      <x:c r="E118" s="14" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="J118" s="14" t="s"/>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="J118" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>43406</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>589589</x:v>
+        <x:v>599700</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>39311</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
+      <x:c r="E119" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>11001</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>576232</x:v>
+        <x:v>553106</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -8953,51 +8956,51 @@
       <x:c r="K120" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>576233</x:v>
+        <x:v>576237</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>41</x:v>
@@ -9412,159 +9415,160 @@
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>603764</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
+      <x:c r="E129" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>540593</x:v>
+        <x:v>605101</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>605101</x:v>
+        <x:v>540593</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -9644,156 +9648,157 @@
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>546763</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>36939</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>599050</x:v>
+        <x:v>531513</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>36838</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>342</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>531513</x:v>
+        <x:v>599050</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -10098,161 +10103,159 @@
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>556801</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
-      <x:c r="E141" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>174</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>42082</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>609495</x:v>
+        <x:v>584126</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>361</x:v>
-[...1 lines deleted...]
-      <x:c r="C142" s="15" t="s"/>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C142" s="15" t="n">
+        <x:v>36939</x:v>
+      </x:c>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s"/>
+      <x:c r="E142" s="14" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="J142" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J142" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>42082</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>584126</x:v>
+        <x:v>609495</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -11086,367 +11089,367 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>596420</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>39539</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="H159" s="0" t="s">
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>622078</x:v>
+        <x:v>580210</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
-      <x:c r="E160" s="14" t="s"/>
+      <x:c r="E160" s="14" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>622081</x:v>
+        <x:v>603246</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>4505</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>404</x:v>
-[...2 lines deleted...]
-        <x:v>405</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>531595</x:v>
+        <x:v>622078</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>404</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>580210</x:v>
+        <x:v>622081</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>39539</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
-      <x:c r="E163" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="H163" s="0" t="s">
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>603246</x:v>
+        <x:v>531595</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>44096</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>615078</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
@@ -11476,214 +11479,214 @@
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>622083</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>418</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="J166" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>580212</x:v>
+        <x:v>573272</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>617178</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>413</x:v>
-[...1 lines deleted...]
-      <x:c r="C168" s="15" t="s"/>
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C168" s="15" t="n">
+        <x:v>39644</x:v>
+      </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="J168" s="14" t="s"/>
+      <x:c r="J168" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>44096</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>573272</x:v>
+        <x:v>580212</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
@@ -11768,75 +11771,75 @@
       <x:c r="S170" s="14" t="n">
         <x:v>622079</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>555053</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
@@ -11869,103 +11872,103 @@
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>622082</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>567002</x:v>
+        <x:v>567005</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
@@ -11988,559 +11991,559 @@
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>574939</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>39539</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="H175" s="0" t="s">
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>622077</x:v>
+        <x:v>567002</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>622080</x:v>
+        <x:v>622077</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>4505</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>404</x:v>
-[...2 lines deleted...]
-        <x:v>405</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>531607</x:v>
+        <x:v>622080</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>567005</x:v>
+        <x:v>531607</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>4505</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>486615</x:v>
+        <x:v>571034</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="U179" s="4" t="s">
         <x:v>439</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>571034</x:v>
+        <x:v>486615</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>571063</x:v>
+        <x:v>486164</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>4505</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>486164</x:v>
+        <x:v>571063</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>519940</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
@@ -12552,231 +12555,233 @@
       <x:c r="L184" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>618118</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>530371</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
-      <x:c r="E186" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E186" s="14" t="s"/>
+      <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>576123</x:v>
+        <x:v>519932</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
+      <x:c r="E187" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F187" s="0" t="s">
+        <x:v>341</x:v>
+      </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>519932</x:v>
+        <x:v>576123</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
@@ -13021,253 +13026,253 @@
       <x:c r="R192" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>596410</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>578445</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>527808</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>527812</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>567161</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
@@ -13300,63 +13305,63 @@
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>592293</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
@@ -13366,1073 +13371,1073 @@
       <x:c r="R198" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>616995</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>558665</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>527809</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>616991</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>413</x:v>
-[...1 lines deleted...]
-      <x:c r="C202" s="15" t="s"/>
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C202" s="15" t="n">
+        <x:v>39644</x:v>
+      </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="J202" s="14" t="s"/>
+      <x:c r="J202" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>44096</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>617438</x:v>
+        <x:v>567008</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>418</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="J203" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>567008</x:v>
+        <x:v>617438</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>527817</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>528751</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>567007</x:v>
+        <x:v>616990</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>36838</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>616990</x:v>
+        <x:v>616994</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>616994</x:v>
+        <x:v>616997</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>616997</x:v>
+        <x:v>567007</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>44096</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>573058</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>558664</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="G212" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>576183</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="H213" s="0" t="s">
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>596811</x:v>
+        <x:v>528752</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>73</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>4505</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>404</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>528752</x:v>
+        <x:v>596811</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>616996</x:v>
+        <x:v>578446</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>578446</x:v>
+        <x:v>616996</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -14486,356 +14491,357 @@
       <x:c r="G218" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>525326</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
+      <x:c r="E219" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>571390</x:v>
+        <x:v>547039</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>36838</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>547039</x:v>
+        <x:v>528935</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>528935</x:v>
+        <x:v>501136</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>36939</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
-      <x:c r="E222" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>501136</x:v>
+        <x:v>571390</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="H223" s="0" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="I223" s="4" t="s">
         <x:v>480</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>482</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="Q223" s="4" t="s">
         <x:v>480</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>482</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>549585</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
@@ -14850,51 +14856,51 @@
       <x:c r="I224" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>607310</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>58</x:v>
@@ -14908,51 +14914,51 @@
       <x:c r="L225" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>606683</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -15146,51 +15152,51 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>525217</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
@@ -15256,284 +15262,286 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>606684</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>36838</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>599767</x:v>
+        <x:v>499861</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>36939</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>608766</x:v>
+        <x:v>599767</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>578947</x:v>
+        <x:v>608766</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>36939</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F235" s="0" t="s">
+        <x:v>341</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H235" s="0" t="s">
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>499861</x:v>
+        <x:v>578947</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
@@ -16275,51 +16283,51 @@
       <x:c r="L249" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>601561</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>526</x:v>
@@ -16936,51 +16944,51 @@
       <x:c r="U260" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
@@ -16995,309 +17003,313 @@
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>504170</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>607804</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
-      <x:c r="E264" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>573768</x:v>
+        <x:v>573378</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
+      <x:c r="E265" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="H265" s="0" t="s">
+        <x:v>550</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>578409</x:v>
+        <x:v>573768</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>606257</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
@@ -17322,156 +17334,154 @@
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>573767</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>39539</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>549</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>573378</x:v>
+        <x:v>578409</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>596403</x:v>
+        <x:v>596421</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
@@ -17505,378 +17515,377 @@
         <x:v>548</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>573357</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="I271" s="4" t="s">
         <x:v>557</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>548</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="Q271" s="4" t="s">
         <x:v>557</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>548</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>596421</x:v>
+        <x:v>596403</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>36939</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
-      <x:c r="E272" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>558638</x:v>
+        <x:v>573380</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>573380</x:v>
+        <x:v>573379</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>39539</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>573379</x:v>
+        <x:v>564804</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>561</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>36939</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>545</x:v>
-[...2 lines deleted...]
-        <x:v>546</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>564804</x:v>
+        <x:v>578418</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>39539</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
-      <x:c r="E276" s="14" t="s"/>
+      <x:c r="E276" s="14" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="H276" s="14" t="s"/>
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="H276" s="14" t="s">
+        <x:v>546</x:v>
+      </x:c>
       <x:c r="I276" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>578418</x:v>
+        <x:v>558638</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>43</x:v>
@@ -18221,54 +18230,54 @@
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>573381</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">