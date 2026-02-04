--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -590,215 +590,215 @@
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'État d'éducateur spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional du Travail Social PACA-Corse - site Digne-les-Bains</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional du Travail Social Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional des formations sanitaires et sociales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'Etat d'éducateur spécialisé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme d'Etat d'éducateur spécialisé (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Giapats - CFA Régional Métiers du Social</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Conseil Régional</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>DEME - Diplôme d'Etat Moniteur Educateur</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Haute Ecole du Travail et de l'Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>HETIS</x:t>
   </x:si>
   <x:si>
     <x:t>06105</x:t>
   </x:si>
   <x:si>
     <x:t>Haute Ecole du Travail et de l'Intervention Sociale - Antenne Draguignan</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2023 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP L Blum</x:t>
   </x:si>
   <x:si>
     <x:t>83011</x:t>
   </x:si>
   <x:si>
-    <x:t>09/05/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
-    <x:t>DEME - Diplôme d'Etat Moniteur Educateur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>05003</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>Coordinateur d'inclusion sociale, médico-sociale et professionnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arobase Formations Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adaptation sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Coordinateur d'inclusion sociale, médico-sociale et professionnelle</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
@@ -1007,60 +1007,60 @@
   <x:si>
     <x:t>Coordonnateur de parcours d'accompagnement et de soins option gestion logistique et financière (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination travail</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LP St-Joseph</x:t>
+  </x:si>
+  <x:si>
     <x:t>Coordonnateur de parcours d'accompagnement et de soins option gestion des partenaires (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>LP St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence PACA et Corse (IFTS) - site d'Ollioules</x:t>
   </x:si>
@@ -4470,1301 +4470,1300 @@
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>615911</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>37676</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F51" s="0" t="s">
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I51" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J51" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="K51" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L51" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M51" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N51" s="3" t="n">
+        <x:v>44072</x:v>
+      </x:c>
+      <x:c r="O51" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="P51" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="I51" s="4" t="s">
-[...20 lines deleted...]
-      <x:c r="P51" s="0" t="s">
+      <x:c r="Q51" s="4" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>479314</x:v>
+        <x:v>575899</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
-        <x:v>180</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I52" s="16" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q52" s="16" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>575899</x:v>
+        <x:v>531520</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>39643</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="H53" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>531520</x:v>
+        <x:v>531524</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q54" s="16" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>531524</x:v>
+        <x:v>479314</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>575904</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>528956</x:v>
+        <x:v>572805</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I57" s="4" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q57" s="4" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>477570</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>505687</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>528944</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>599770</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38154</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="Q61" s="4" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="R61" s="0" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>597263</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>505686</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>534264</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G64" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>490852</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>599771</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>547049</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>41187</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
+      <x:c r="E67" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>594103</x:v>
+        <x:v>607642</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G68" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>578954</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="U68" s="16" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>37676</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
-      <x:c r="E69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>194</x:v>
-[...2 lines deleted...]
-        <x:v>195</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>44092</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>607642</x:v>
+        <x:v>594103</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G70" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>578960</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>578258</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
@@ -5777,166 +5776,166 @@
       <x:c r="J72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>578267</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>521659</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G74" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>575921</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -5946,173 +5945,176 @@
       <x:c r="J75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>595437</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>108</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>547613</x:v>
+        <x:v>528956</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
+      <x:c r="E77" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>572805</x:v>
+        <x:v>547613</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -6355,157 +6357,156 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>595443</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>35944</x:v>
+        <x:v>37504</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>219</x:v>
-[...1 lines deleted...]
-      <x:c r="H83" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>15459</x:v>
+        <x:v>15031</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>606653</x:v>
+        <x:v>578322</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>37504</x:v>
+        <x:v>35944</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="H84" s="14" t="s"/>
+      <x:c r="H84" s="14" t="s">
+        <x:v>225</x:v>
+      </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>15031</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>578322</x:v>
+        <x:v>606653</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38697</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -6856,335 +6857,335 @@
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>578172</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G92" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I92" s="16" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q92" s="16" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>575903</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q93" s="4" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>479309</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I94" s="16" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q94" s="16" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>531523</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>590159</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G96" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I96" s="16" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q96" s="16" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>477569</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38697</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
@@ -7400,129 +7401,129 @@
       <x:c r="S100" s="14" t="n">
         <x:v>594099</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>41746</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>615918</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>41747</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>615915</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
@@ -7940,100 +7941,100 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>594093</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>452809</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>98</x:v>
@@ -8125,115 +8126,115 @@
       <x:c r="R113" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>528839</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>525313</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
@@ -8249,96 +8250,96 @@
       <x:c r="R115" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>576241</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G116" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>576246</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -8351,51 +8352,51 @@
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>567154</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
@@ -8410,180 +8411,178 @@
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>529889</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>37676</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>44092</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>578461</x:v>
+        <x:v>578437</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>108</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>599107</x:v>
+        <x:v>578461</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
@@ -8599,808 +8598,812 @@
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>557571</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E122" s="14" t="s"/>
+      <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>478073</x:v>
+        <x:v>578462</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>39643</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
+      <x:c r="E123" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>578437</x:v>
+        <x:v>599107</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>95</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s"/>
-      <x:c r="F124" s="14" t="s"/>
+      <x:c r="E124" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F124" s="14" t="s">
+        <x:v>174</x:v>
+      </x:c>
       <x:c r="G124" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>471031</x:v>
+        <x:v>478073</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>37676</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
+      <x:c r="E125" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>578462</x:v>
+        <x:v>496203</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>108</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>492</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>496203</x:v>
+        <x:v>529893</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
+      <x:c r="E127" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>529893</x:v>
+        <x:v>496210</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
-        <x:v>108</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>37676</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
-      <x:c r="E128" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>496210</x:v>
+        <x:v>529890</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>492</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>529890</x:v>
+        <x:v>528840</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>37676</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>44092</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>528840</x:v>
+        <x:v>567156</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>39643</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>567156</x:v>
+        <x:v>471032</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s"/>
+      <x:c r="E132" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>471032</x:v>
+        <x:v>525315</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>39643</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
-      <x:c r="E133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>557559</x:v>
+        <x:v>471031</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>37676</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>44092</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>525315</x:v>
+        <x:v>557559</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -9413,166 +9416,166 @@
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>578439</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I136" s="16" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q136" s="16" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>553531</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I137" s="4" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q137" s="4" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>575900</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
@@ -9669,368 +9672,368 @@
         <x:v>50</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>554849</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>554850</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>554853</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>596689</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>554852</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>596688</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
@@ -10281,51 +10284,51 @@
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>471013</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -10346,101 +10349,101 @@
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>592296</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>452803</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -10517,61 +10520,61 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>616013</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
@@ -10587,54 +10590,54 @@
       <x:c r="R155" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>576242</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G156" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
@@ -11055,51 +11058,51 @@
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>599090</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
@@ -11113,1527 +11116,1527 @@
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>557570</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>37676</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
-      <x:c r="E165" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>44092</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>496209</x:v>
+        <x:v>578440</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>39099</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>44024</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>590728</x:v>
+        <x:v>578442</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>471014</x:v>
+        <x:v>529892</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>39643</x:v>
+        <x:v>41747</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>97</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>525314</x:v>
+        <x:v>615914</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>599104</x:v>
+        <x:v>496209</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>95</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>39643</x:v>
+        <x:v>39099</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44024</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>578442</x:v>
+        <x:v>590728</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
-      <x:c r="E171" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>478074</x:v>
+        <x:v>471014</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>37676</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>44092</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>525316</x:v>
+        <x:v>525314</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
+      <x:c r="E173" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>529892</x:v>
+        <x:v>599104</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>41747</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s"/>
-      <x:c r="F174" s="14" t="s"/>
+      <x:c r="E174" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F174" s="14" t="s">
+        <x:v>174</x:v>
+      </x:c>
       <x:c r="G174" s="14" t="s">
-        <x:v>107</x:v>
-[...1 lines deleted...]
-      <x:c r="H174" s="14" t="s"/>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H174" s="14" t="s">
+        <x:v>98</x:v>
+      </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>615914</x:v>
+        <x:v>478074</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>39643</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
+      <x:c r="E175" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>578440</x:v>
+        <x:v>525316</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>38697</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s"/>
+      <x:c r="E176" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>200</x:v>
-[...1 lines deleted...]
-      <x:c r="H176" s="14" t="s"/>
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
+        <x:v>196</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>15459</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>591864</x:v>
+        <x:v>452878</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>37676</x:v>
+        <x:v>35514</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>44092</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>452878</x:v>
+        <x:v>453828</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>35514</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>453828</x:v>
+        <x:v>498850</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>39643</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>498850</x:v>
+        <x:v>603392</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>35512</x:v>
+        <x:v>35514</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>603392</x:v>
+        <x:v>603395</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>35514</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F181" s="0" t="s">
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>603395</x:v>
+        <x:v>578953</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>39643</x:v>
+        <x:v>38697</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
-      <x:c r="E182" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E182" s="14" t="s"/>
+      <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>194</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>578953</x:v>
+        <x:v>591864</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>528942</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>528943</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>498853</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>607645</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>599772</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>453827</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>603396</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
@@ -12682,771 +12685,771 @@
       <x:c r="T190" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>603393</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G192" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>578959</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>547048</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>547043</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>476425</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38154</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>581581</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>595436</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>595441</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38154</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>597264</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>41747</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>615917</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>592295</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>592014</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>39698</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>14224</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>592204</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
@@ -13481,124 +13484,124 @@
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>611363</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>477716</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G206" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
@@ -13836,279 +13839,277 @@
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>614456</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>41304</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>32068</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>614450</x:v>
+        <x:v>594091</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>614457</x:v>
+        <x:v>614450</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>37676</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
-      <x:c r="E213" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>44092</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>529324</x:v>
+        <x:v>614457</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>41187</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s"/>
+      <x:c r="E214" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>315</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>301</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>594091</x:v>
+        <x:v>529324</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -14129,51 +14130,51 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>505666</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -14188,51 +14189,51 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>614447</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
@@ -14245,117 +14246,117 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>614449</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>614451</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
@@ -14528,51 +14529,51 @@
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>491234</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -14603,54 +14604,54 @@
       <x:c r="R223" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>505664</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G224" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>