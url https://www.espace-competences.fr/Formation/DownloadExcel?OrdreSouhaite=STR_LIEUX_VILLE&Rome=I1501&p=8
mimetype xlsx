--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -536,57 +536,57 @@
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Irata niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Atis</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Irata niveau 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Tandem</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Travaux en hauteur et port du harnais</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité Manutention</x:t>
   </x:si>
   <x:si>
     <x:t>13670</x:t>
   </x:si>
   <x:si>
     <x:t>VERQUIERES</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2025 00:00:00</x:t>
   </x:si>
@@ -4776,145 +4776,145 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>616266</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>612785</x:v>
+        <x:v>598181</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>598181</x:v>
+        <x:v>612785</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>