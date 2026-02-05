--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -593,68 +593,68 @@
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TP - Technicien de maintenance CVC</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel Agent de Maintenance CVC (Chauffage, Ventilation et Climatisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ampère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel agent de maintenance CVC (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LP Ampère</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>Association Ouvrière des Compagnons du Devoir du Tour de France</x:t>
   </x:si>
   <x:si>
     <x:t>AOCDTF</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>Association Ouvrière des Compagnons du Devoir du Tour de France - Antenne Marseille - CFA Régional des Compagnons du Devoir Paca</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
@@ -749,57 +749,57 @@
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'énergétique, de l'environnement et du génie climatique parcours chargé d'affaires en énergétique du bâtiment (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Azur Enerj Formation</x:t>
   </x:si>
@@ -3394,57 +3394,57 @@
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>604712</x:v>
+        <x:v>552790</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>111</x:v>
@@ -3455,153 +3455,153 @@
       <x:c r="K38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>552790</x:v>
+        <x:v>604712</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>24162</x:v>
+        <x:v>22675</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>607197</x:v>
+        <x:v>607161</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>22675</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>607161</x:v>
+        <x:v>607197</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -4272,114 +4272,114 @@
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>548326</x:v>
+        <x:v>503502</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>503502</x:v>
+        <x:v>548326</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
@@ -4393,156 +4393,159 @@
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>607164</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="C55" s="3" t="s"/>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="n">
+        <x:v>38748</x:v>
+      </x:c>
       <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="J55" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>22654</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>608904</x:v>
+        <x:v>606527</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>134</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22654</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>606527</x:v>
+        <x:v>608904</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
@@ -4723,57 +4726,57 @@
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>605753</x:v>
+        <x:v>550195</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -4783,57 +4786,57 @@
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>605754</x:v>
+        <x:v>605753</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>124</x:v>
@@ -4844,57 +4847,57 @@
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>550195</x:v>
+        <x:v>451209</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -4965,174 +4968,172 @@
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>451209</x:v>
+        <x:v>605754</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>550194</x:v>
+        <x:v>596320</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="H66" s="14" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>596320</x:v>
+        <x:v>550194</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
@@ -5429,148 +5430,145 @@
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>580602</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38744</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
-      <x:c r="E73" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>22607</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>565904</x:v>
+        <x:v>588512</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>596319</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
@@ -5599,110 +5597,112 @@
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22675</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>614735</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38744</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s"/>
+      <x:c r="E76" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>22607</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>588512</x:v>
+        <x:v>565904</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5892,51 +5892,51 @@
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>524093</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
@@ -6340,188 +6340,188 @@
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>596321</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>22654</x:v>
+        <x:v>22675</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>608906</x:v>
+        <x:v>607166</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>24162</x:v>
+        <x:v>22654</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>607202</x:v>
+        <x:v>608906</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>22675</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>607166</x:v>
+        <x:v>607202</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39223</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>221</x:v>
@@ -6538,387 +6538,387 @@
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>22675</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>551898</x:v>
+        <x:v>601014</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>39223</x:v>
+        <x:v>38744</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>22675</x:v>
+        <x:v>22607</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>601014</x:v>
+        <x:v>551883</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>38744</x:v>
+        <x:v>35844</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>22607</x:v>
+        <x:v>22624</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>551883</x:v>
+        <x:v>601019</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>35844</x:v>
+        <x:v>39223</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>22624</x:v>
+        <x:v>22675</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>601019</x:v>
+        <x:v>551898</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>22675</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>607162</x:v>
+        <x:v>607198</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>22654</x:v>
+        <x:v>22675</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>608908</x:v>
+        <x:v>607162</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>24162</x:v>
+        <x:v>22654</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>607198</x:v>
+        <x:v>608908</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -7095,51 +7095,51 @@
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>600751</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>40071</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -7152,51 +7152,51 @@
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>546212</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>