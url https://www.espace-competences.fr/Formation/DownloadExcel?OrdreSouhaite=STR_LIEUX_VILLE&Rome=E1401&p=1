--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -296,146 +296,146 @@
   <x:si>
     <x:t>Vente distribution</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>année préparatoire privée aux concours des écoles supérieures d'art et design</x:t>
   </x:si>
   <x:si>
     <x:t>École des nouvelles images</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Publicité</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Directeur de projets image et communication (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iscod</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduite projet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Directeur de projets image et communication BC01 Elaborer une stratégie d'image et de communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visiplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Directeur de projets image et communication</x:t>
   </x:si>
   <x:si>
-    <x:t>Visiplus</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/31/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>année préparatoire publique aux concours des écoles supérieures d'art et de design</x:t>
   </x:si>
   <x:si>
     <x:t>École d'arts intercommunale de Digne-Les-Bains</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole d'arts intercommunale de Digne-Les-Bains</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable de communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idrac business School - Compétences Commerce et International - Antenne Grasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Communication entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de communication (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Idrac business School - Compétences Commerce et International - Antenne Grasse</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Chef de projet web et stratégie digitale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 83</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>Développement web</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet webmarketing et e-commerce (Apprentissage)</x:t>
@@ -680,60 +680,60 @@
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École municipale d'arts plastiques EMAP - Villa Thiole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole municipale d'arts plastiques EMAP - Villa Thiole</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mediaschool Nice - Antenne Nice</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention marketing, vente parcours international business</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
@@ -2264,495 +2264,494 @@
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>597372</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s"/>
+      <x:c r="E18" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>559234</x:v>
+        <x:v>608616</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>578773</x:v>
+        <x:v>613658</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>613658</x:v>
+        <x:v>559234</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
-      <x:c r="E21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>608616</x:v>
+        <x:v>578773</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>608618</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>564822</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>578772</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>613748</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
@@ -2766,184 +2765,184 @@
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>594643</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>34919</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="I27" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="I27" s="4" t="s">
+      <x:c r="J27" s="0" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="P27" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="R27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="P27" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="R27" s="0" t="s">
+      <x:c r="S27" s="0" t="n">
+        <x:v>537353</x:v>
+      </x:c>
+      <x:c r="T27" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="S27" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T27" s="4" t="s">
+      <x:c r="U27" s="4" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>34919</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J28" s="14" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="P28" s="14" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="P28" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="R28" s="14" t="s">
+      <x:c r="S28" s="14" t="n">
+        <x:v>537350</x:v>
+      </x:c>
+      <x:c r="T28" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="S28" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T28" s="16" t="s">
+      <x:c r="U28" s="16" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38047</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -2958,51 +2957,51 @@
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40851</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -3018,51 +3017,51 @@
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40851</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -3075,51 +3074,51 @@
       <x:c r="U31" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40851</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -3132,51 +3131,51 @@
       <x:c r="U32" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40851</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -3193,51 +3192,51 @@
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>34340</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>34530</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -3253,51 +3252,51 @@
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>34340</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>34530</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -3442,54 +3441,54 @@
       <x:c r="L38" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>46382</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>576586</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
@@ -3695,54 +3694,54 @@
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>576504</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
@@ -3874,224 +3873,224 @@
       <x:c r="T46" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>599365</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>599369</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>588325</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -4187,389 +4186,389 @@
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>558143</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>34919</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>479282</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>34919</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>486635</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>34919</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>486637</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>34919</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>479283</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>34919</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>557223</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>588326</x:v>
+        <x:v>614362</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
@@ -4600,84 +4599,84 @@
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>614362</x:v>
+        <x:v>588326</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>35907</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4743,54 +4742,54 @@
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>575025</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="U62" s="16" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35907</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4800,54 +4799,54 @@
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>575024</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="U63" s="4" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35907</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
@@ -4859,54 +4858,54 @@
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>575027</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="U64" s="16" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35907</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4916,62 +4915,62 @@
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>575026</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="U65" s="4" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
@@ -4988,100 +4987,100 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>496128</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>546438</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -5218,210 +5217,210 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>605072</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>549712</x:v>
+        <x:v>549710</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>549711</x:v>
+        <x:v>549712</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>549710</x:v>
+        <x:v>549711</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>228</x:v>