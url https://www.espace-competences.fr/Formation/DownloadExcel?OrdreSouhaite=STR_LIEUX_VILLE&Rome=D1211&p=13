--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -617,77 +617,77 @@
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Participer à la vente et la location des matériels et des accessoires de sport - Bloc de compétences du titre professionnel Employé technicien-vendeur en matériel de sport</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Réaliser la préparation, l'entretien et la réparation courante des cycles et des vélos à assistance électrique - Bloc de compétences du titre professionnel Employé technicien-vendeur en matériel de sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Réaliser la préparation, l'entretien et la réparation courante des cycles et des vélos à assistance électrique - Bloc de compétences du titre professionnel Employé technicien-vendeur en matériel de sport</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/29/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>GIGNAC-LA-NERTHE</x:t>
   </x:si>
   <x:si>
     <x:t>Vip and Co</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
@@ -827,86 +827,86 @@
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optivalys Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optivalys Formations - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Optivalys Formations</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Cfa Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13821</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Vénus Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Muse</x:t>
@@ -968,131 +968,131 @@
   <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>Irc Sud</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
+    <x:t>Esid - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfa Perspective - Isim</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>H et C Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>63000</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>06200</x:t>
-[...5 lines deleted...]
-    <x:t>Cfa Perspective - Isim</x:t>
+    <x:t>Conseiller technique cycles (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mécanique cycle motocycle</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
-    <x:t>Esid - Antenne Nice</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/08/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel conseiller de vente (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Centre Delta-Infini</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation des Métiers de la Pharmacie</x:t>
   </x:si>
   <x:si>
     <x:t>IFMP</x:t>
   </x:si>
   <x:si>
     <x:t>13248</x:t>
@@ -1103,69 +1103,69 @@
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel conseiller de vente - Compétences climat matériaux biosourcés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ladapt</x:t>
   </x:si>
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>Ladapt - Antenne Toulon - CFA Spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel employé technicien - vendeur en matériel de sport</x:t>
   </x:si>
   <x:si>
     <x:t>Hors Piste Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
     <x:t>VENELLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>France Langues Communication - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>FLC FORMATION</x:t>
   </x:si>
@@ -4157,159 +4157,159 @@
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>568521</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>579145</x:v>
+        <x:v>572015</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>579283</x:v>
+        <x:v>579145</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
@@ -4318,462 +4318,462 @@
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>585915</x:v>
+        <x:v>579283</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>585923</x:v>
+        <x:v>585617</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>585617</x:v>
+        <x:v>585625</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>585625</x:v>
+        <x:v>585915</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>572074</x:v>
+        <x:v>585923</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>572015</x:v>
+        <x:v>572074</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>572014</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>572075</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -4909,128 +4909,128 @@
         <x:v>571712</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42007</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>571711</x:v>
+        <x:v>571722</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42007</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>571722</x:v>
+        <x:v>571711</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
@@ -5081,126 +5081,126 @@
       <x:c r="C60" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>605457</x:v>
+        <x:v>605456</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>605456</x:v>
+        <x:v>605457</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>164</x:v>
@@ -6005,240 +6005,239 @@
         <x:v>112</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>583315</x:v>
+        <x:v>609634</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
-      <x:c r="E77" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>548174</x:v>
+        <x:v>583315</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
-      <x:c r="E78" s="14" t="s"/>
+      <x:c r="E78" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>569972</x:v>
+        <x:v>548174</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>577268</x:v>
+        <x:v>569972</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
@@ -6248,510 +6247,511 @@
       <x:c r="K80" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>609634</x:v>
+        <x:v>577268</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>569971</x:v>
+        <x:v>598727</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>600044</x:v>
+        <x:v>602691</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>602691</x:v>
+        <x:v>600046</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>600046</x:v>
+        <x:v>572857</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>572857</x:v>
+        <x:v>602696</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>602696</x:v>
+        <x:v>583316</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>583316</x:v>
+        <x:v>569971</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s"/>
+      <x:c r="E88" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>598727</x:v>
+        <x:v>600044</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="U88" s="16" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -6815,111 +6815,111 @@
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>601668</x:v>
+        <x:v>605092</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>605092</x:v>
+        <x:v>601668</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
@@ -7203,145 +7203,145 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>537282</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>46328</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>363402</x:v>
+        <x:v>520229</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>46328</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>520229</x:v>
+        <x:v>363402</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -7416,160 +7416,159 @@
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>599052</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s"/>
+      <x:c r="E102" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>581579</x:v>
+        <x:v>599157</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
-      <x:c r="E103" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>599157</x:v>
+        <x:v>581579</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
@@ -7635,57 +7634,57 @@
       <x:c r="K105" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>552000</x:v>
+        <x:v>599905</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
@@ -7694,225 +7693,222 @@
       <x:c r="K106" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>599905</x:v>
+        <x:v>552000</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q107" s="4" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="R107" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="Q107" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>602037</x:v>
+        <x:v>605240</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="Q108" s="16" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="R108" s="14" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="S108" s="14" t="n">
+        <x:v>586464</x:v>
+      </x:c>
+      <x:c r="T108" s="16" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="U108" s="16" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
-      <x:c r="E109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>603779</x:v>
+        <x:v>598763</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>105</x:v>
@@ -7923,467 +7919,471 @@
       <x:c r="J110" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>502641</x:v>
+        <x:v>555846</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>552327</x:v>
+        <x:v>602037</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>36721</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="P112" s="14" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>549593</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>605240</x:v>
+        <x:v>502641</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>608490</x:v>
+        <x:v>552327</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
+      <x:c r="E115" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>586464</x:v>
+        <x:v>608490</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>598763</x:v>
+        <x:v>586463</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-        <x:v>105</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>555846</x:v>
+        <x:v>603779</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
@@ -8635,156 +8635,157 @@
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>599535</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
+      <x:c r="E123" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>588061</x:v>
+        <x:v>599534</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>599534</x:v>
+        <x:v>588061</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -9327,161 +9328,162 @@
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>573093</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F135" s="0" t="s">
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>549667</x:v>
+        <x:v>583665</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
-        <x:v>157</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>583665</x:v>
+        <x:v>549667</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -9549,57 +9551,57 @@
       <x:c r="K138" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>603092</x:v>
+        <x:v>548902</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
@@ -9609,57 +9611,57 @@
       <x:c r="K139" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>548902</x:v>
+        <x:v>603092</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>