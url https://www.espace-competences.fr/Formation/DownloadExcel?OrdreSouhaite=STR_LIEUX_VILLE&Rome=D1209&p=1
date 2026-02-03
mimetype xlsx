--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -218,62 +218,62 @@
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>BP fleuriste (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84009</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
-    <x:t>formation mixte</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Association des Centres d'Accueil et de Formation de la Mutualité Sociale Agricole de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>ACAF MSA</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>Vente spécialisée</x:t>
   </x:si>
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
@@ -458,62 +458,62 @@
   <x:si>
     <x:t>CFA Régional de la Métropôle Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>CARROS</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
+    <x:t>06/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/03/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>Ingéneria Projet</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
@@ -902,186 +902,186 @@
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Denoves</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>H et C Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H et C Conseil - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
-    <x:t>06200</x:t>
+    <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>H et C Conseil</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
-    <x:t>Esid - Antenne Nice</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
+    <x:t>01/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/08/2027 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Saint Rémy de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Centre Delta-Infini</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>SISTERON</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut de Formation des Métiers de la Pharmacie</x:t>
   </x:si>
   <x:si>
     <x:t>IFMP</x:t>
   </x:si>
   <x:si>
     <x:t>13248</x:t>
   </x:si>
   <x:si>
-    <x:t>SISTERON</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel conseiller de vente - Compétences climat matériaux biosourcés</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
-    <x:t>TOULON</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Ladapt</x:t>
   </x:si>
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>Ladapt - Antenne Toulon - CFA Spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Anne-Sophie Pic</x:t>
   </x:si>
   <x:si>
     <x:t>83098</x:t>
   </x:si>
@@ -2198,215 +2198,215 @@
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>547389</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>607538</x:v>
+        <x:v>552764</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>552764</x:v>
+        <x:v>607538</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>607559</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2417,57 +2417,57 @@
       <x:c r="H14" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>607560</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2477,57 +2477,57 @@
       <x:c r="H15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>501950</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2538,57 +2538,57 @@
       <x:c r="H16" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>552735</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2598,57 +2598,57 @@
       <x:c r="H17" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>552710</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2659,57 +2659,57 @@
       <x:c r="H18" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>501911</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3510,94 +3510,94 @@
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>601074</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>496740</x:v>
+        <x:v>496785</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>101</x:v>
@@ -3612,114 +3612,114 @@
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>496785</x:v>
+        <x:v>601090</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>601090</x:v>
+        <x:v>546566</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
@@ -3728,173 +3728,173 @@
       <x:c r="K36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>546566</x:v>
+        <x:v>546567</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>546567</x:v>
+        <x:v>601089</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>601089</x:v>
+        <x:v>496740</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -4440,114 +4440,114 @@
       <x:c r="K48" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>580642</x:v>
+        <x:v>533294</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>533294</x:v>
+        <x:v>533295</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
@@ -4556,51 +4556,51 @@
       <x:c r="K50" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>533295</x:v>
+        <x:v>580644</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -4613,173 +4613,173 @@
       <x:c r="K51" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>580644</x:v>
+        <x:v>580643</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>580643</x:v>
+        <x:v>615772</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>615772</x:v>
+        <x:v>580645</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -4788,114 +4788,114 @@
       <x:c r="K54" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>580645</x:v>
+        <x:v>615773</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>615773</x:v>
+        <x:v>533296</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
@@ -4904,173 +4904,173 @@
       <x:c r="K56" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>533296</x:v>
+        <x:v>533297</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>533297</x:v>
+        <x:v>610857</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>610857</x:v>
+        <x:v>580642</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5080,51 +5080,51 @@
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>610858</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
@@ -5438,51 +5438,51 @@
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>549548</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -5826,51 +5826,51 @@
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>34534</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>605802</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -6036,276 +6036,276 @@
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>605922</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>605457</x:v>
+        <x:v>602819</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>605456</x:v>
+        <x:v>605457</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>87</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
-      <x:c r="E78" s="14" t="s"/>
+      <x:c r="E78" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>602819</x:v>
+        <x:v>605456</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>565102</x:v>
+        <x:v>507657</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>77</x:v>
@@ -6446,280 +6446,281 @@
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>507658</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
+      <x:c r="E83" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>507657</x:v>
+        <x:v>611025</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>611025</x:v>
+        <x:v>577070</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>577070</x:v>
+        <x:v>606268</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>606268</x:v>
+        <x:v>565102</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7175,51 +7176,51 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>603803</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
@@ -7709,51 +7710,51 @@
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>553271</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -7830,51 +7831,51 @@
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>604813</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -8063,51 +8064,51 @@
       <x:c r="C110" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>599904</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
@@ -8120,51 +8121,51 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>599889</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
@@ -8179,51 +8180,51 @@
       <x:c r="C112" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>600044</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -8408,51 +8409,51 @@
       <x:c r="C116" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>548174</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
@@ -8462,51 +8463,51 @@
         <x:v>87</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>583315</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -8798,51 +8799,51 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>600046</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -8855,51 +8856,51 @@
         <x:v>90</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>569971</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -9139,51 +9140,51 @@
         <x:v>260</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>581194</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -9252,51 +9253,51 @@
         <x:v>87</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>581577</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -9365,51 +9366,51 @@
         <x:v>87</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>581579</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -9481,51 +9482,51 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>599905</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
@@ -9540,51 +9541,51 @@
       <x:c r="C136" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>552000</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -9597,51 +9598,51 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>599882</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
@@ -9868,494 +9869,493 @@
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>555846</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>87</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s"/>
+      <x:c r="E142" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>586463</x:v>
+        <x:v>602037</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>586464</x:v>
+        <x:v>586463</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>602037</x:v>
+        <x:v>552327</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
-      <x:c r="E145" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>94</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>502641</x:v>
+        <x:v>598763</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>598763</x:v>
+        <x:v>586464</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>552327</x:v>
+        <x:v>502641</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>605240</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>603779</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
@@ -10492,168 +10492,167 @@
       <x:c r="K152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>599535</x:v>
+        <x:v>599534</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
-      <x:c r="E153" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>599534</x:v>
+        <x:v>588061</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>87</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s"/>
+      <x:c r="E154" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>588061</x:v>
+        <x:v>599535</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -10962,163 +10961,161 @@
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>602409</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
-      <x:c r="E161" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>306</x:v>
-[...2 lines deleted...]
-        <x:v>307</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="Q161" s="4" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="R161" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="Q161" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>600638</x:v>
+        <x:v>524651</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>87</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
-      <x:c r="E162" s="14" t="s"/>
+      <x:c r="E162" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="H162" s="14" t="s"/>
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="H162" s="14" t="s">
+        <x:v>308</x:v>
+      </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>524651</x:v>
+        <x:v>600638</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -11186,54 +11183,54 @@
       <x:c r="K164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>546926</x:v>
+        <x:v>601960</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -11246,54 +11243,54 @@
       <x:c r="K165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>601960</x:v>
+        <x:v>546926</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>311</x:v>
@@ -11321,211 +11318,212 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>601961</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>583665</x:v>
+        <x:v>579968</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G168" s="14" t="s">
-        <x:v>93</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>34503</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>579968</x:v>
+        <x:v>583665</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>573093</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11540,51 +11538,51 @@
       <x:c r="J170" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>549667</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
@@ -11640,51 +11638,51 @@
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>603092</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -11700,51 +11698,51 @@
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>548902</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>34</x:v>
       </x:c>