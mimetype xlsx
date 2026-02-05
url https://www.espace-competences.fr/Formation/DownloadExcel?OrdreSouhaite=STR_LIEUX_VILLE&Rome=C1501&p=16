--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -1061,56 +1061,56 @@
   <x:si>
     <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>My Academy</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M de Sully</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Professionnel Edmond Rostand</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ifte Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>manager immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>École Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Manager immobilier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
@@ -1304,62 +1304,62 @@
   <x:si>
     <x:t>IPAG Business School</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG BS</x:t>
   </x:si>
   <x:si>
     <x:t>Escial Académie</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IDRAC BS</x:t>
   </x:si>
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Fanfani</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/02/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>master mention gestion de patrimoine</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>Intégrale Sécurité Formations - Integrale Academy</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
@@ -1385,57 +1385,57 @@
   <x:si>
     <x:t>SAINTE-MAXIME</x:t>
   </x:si>
   <x:si>
     <x:t>Organisme de Gestion du Lycée Technique Privé Catholique Saint Jean - Ogec Saint Jean</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Business School</x:t>
   </x:si>
   <x:si>
     <x:t>83150</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Business School - Antenne Sanary sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83110</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
     <x:t>Optima Formation</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'affaires immobilières BC03 Assurer la gestion financière et technique d’un immeuble</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
@@ -6213,145 +6213,144 @@
         <x:v>542832</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>191</x:v>
-[...1 lines deleted...]
-      <x:c r="H74" s="14" t="s"/>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
+        <x:v>184</x:v>
+      </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>552312</x:v>
+        <x:v>608090</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>183</x:v>
-[...2 lines deleted...]
-        <x:v>184</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>608090</x:v>
+        <x:v>605209</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>191</x:v>
@@ -6366,57 +6365,57 @@
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>605209</x:v>
+        <x:v>552312</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9112,57 +9111,57 @@
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>556427</x:v>
+        <x:v>608094</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>185</x:v>
@@ -9173,57 +9172,57 @@
       <x:c r="K124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>608094</x:v>
+        <x:v>556427</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10354,175 +10353,175 @@
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>546390</x:v>
+        <x:v>600264</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>37435</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>13297</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>546392</x:v>
+        <x:v>546390</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>37435</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>13297</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>600264</x:v>
+        <x:v>546392</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>34923</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -11754,176 +11753,175 @@
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>508851</x:v>
+        <x:v>553822</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>148</x:v>
-[...2 lines deleted...]
-        <x:v>149</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>510914</x:v>
+        <x:v>508851</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>325</x:v>
-[...1 lines deleted...]
-      <x:c r="H170" s="14" t="s"/>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>553822</x:v>
+        <x:v>510914</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11955,311 +11953,310 @@
         <x:v>608086</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>325</x:v>
-[...1 lines deleted...]
-      <x:c r="H172" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>607458</x:v>
+        <x:v>503859</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>603475</x:v>
+        <x:v>506893</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>506893</x:v>
+        <x:v>607458</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-        <x:v>157</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>503859</x:v>
+        <x:v>603475</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>546963</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
@@ -12505,51 +12502,51 @@
       <x:c r="H181" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>549282</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
@@ -12682,51 +12679,51 @@
       <x:c r="H184" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>600897</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
@@ -16305,203 +16302,201 @@
       <x:c r="S246" s="14" t="n">
         <x:v>607854</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>552266</x:v>
+        <x:v>546513</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
-      <x:c r="E248" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>552311</x:v>
+        <x:v>566525</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>546513</x:v>
+        <x:v>552266</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
@@ -16513,406 +16508,407 @@
       <x:c r="K250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>496645</x:v>
+        <x:v>552311</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>606951</x:v>
+        <x:v>504966</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
-      <x:c r="E252" s="14" t="s"/>
+      <x:c r="E252" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>409</x:v>
-[...1 lines deleted...]
-      <x:c r="H252" s="14" t="s"/>
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H252" s="14" t="s">
+        <x:v>196</x:v>
+      </x:c>
       <x:c r="I252" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>566525</x:v>
+        <x:v>515225</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>560942</x:v>
+        <x:v>598949</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>504966</x:v>
+        <x:v>560942</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>395</x:v>
-[...2 lines deleted...]
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>515225</x:v>
+        <x:v>496645</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>598949</x:v>
+        <x:v>606951</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17340,149 +17336,149 @@
       <x:c r="S264" s="14" t="n">
         <x:v>544952</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>548696</x:v>
+        <x:v>495734</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>495734</x:v>
+        <x:v>548696</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18206,432 +18202,433 @@
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>505567</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>506652</x:v>
+        <x:v>550759</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>550674</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>35438</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>550759</x:v>
+        <x:v>506652</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>37838</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>42121</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>550922</x:v>
+        <x:v>609447</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>36073</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
-      <x:c r="E284" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>609447</x:v>
+        <x:v>569122</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
-        <x:v>36073</x:v>
+        <x:v>37838</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
+      <x:c r="E285" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>42121</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>569122</x:v>
+        <x:v>550922</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>506000</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
@@ -18644,51 +18641,51 @@
       <x:c r="G287" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>608579</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
@@ -18703,51 +18700,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>534946</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
@@ -18760,51 +18757,51 @@
       <x:c r="G289" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>534960</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
@@ -18819,51 +18816,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42121</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>550923</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
@@ -18876,51 +18873,51 @@
       <x:c r="G291" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>42121</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>535037</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
@@ -18965,75 +18962,75 @@
       <x:c r="R292" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>553380</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>566063</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
@@ -19190,75 +19187,75 @@
       <x:c r="S296" s="14" t="n">
         <x:v>586226</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>555554</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
@@ -19328,51 +19325,51 @@
       <x:c r="G299" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>534963</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
@@ -19387,51 +19384,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>550742</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
@@ -19503,51 +19500,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>550757</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">