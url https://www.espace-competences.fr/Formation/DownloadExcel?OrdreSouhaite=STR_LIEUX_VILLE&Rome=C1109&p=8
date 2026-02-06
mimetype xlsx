--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -338,59 +338,59 @@
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Général et Technologique du Coudon</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
-    <x:t>LA GARDE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 83</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Coudon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
@@ -527,57 +527,57 @@
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M de Sully</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Pro Sap Formations</x:t>
   </x:si>
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>Liberté Formation - Iscae</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Vincent de Paul - Formations des Apprentis</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
@@ -2039,231 +2039,232 @@
       <x:c r="K15" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>516324</x:v>
+        <x:v>614454</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>503812</x:v>
+        <x:v>595670</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>595670</x:v>
+        <x:v>516323</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>71</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s"/>
+      <x:c r="E18" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>516323</x:v>
+        <x:v>614674</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -2273,57 +2274,57 @@
       <x:c r="K19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>614674</x:v>
+        <x:v>549204</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
@@ -2332,57 +2333,57 @@
       <x:c r="K20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>614454</x:v>
+        <x:v>516324</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -2392,57 +2393,57 @@
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>549204</x:v>
+        <x:v>503812</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>75</x:v>
@@ -2453,168 +2454,166 @@
       <x:c r="K22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>515137</x:v>
+        <x:v>607858</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
-      <x:c r="E23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>73</x:v>
-[...1 lines deleted...]
-      <x:c r="H23" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>545138</x:v>
+        <x:v>595672</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s"/>
+      <x:c r="E24" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="H24" s="14" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>595672</x:v>
+        <x:v>599415</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -2630,118 +2629,118 @@
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>599415</x:v>
+        <x:v>599412</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>599412</x:v>
+        <x:v>515137</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -2751,57 +2750,57 @@
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>607858</x:v>
+        <x:v>545138</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
@@ -3047,57 +3046,57 @@
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>602594</x:v>
+        <x:v>547145</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -3166,463 +3165,463 @@
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>547145</x:v>
+        <x:v>602594</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
-      <x:c r="E35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="R35" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="Q35" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>511001</x:v>
+        <x:v>606255</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>500484</x:v>
+        <x:v>507647</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="R37" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="Q37" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>556398</x:v>
+        <x:v>607803</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s"/>
+      <x:c r="E38" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>606255</x:v>
+        <x:v>511001</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>507647</x:v>
+        <x:v>500484</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="Q40" s="16" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="R40" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="Q40" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>607803</x:v>
+        <x:v>556398</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>554788</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3639,51 +3638,51 @@
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>548509</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -4552,387 +4551,388 @@
         <x:v>609980</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>609730</x:v>
+        <x:v>549085</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>39615</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>549085</x:v>
+        <x:v>549087</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>39615</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>549087</x:v>
+        <x:v>595674</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>595674</x:v>
+        <x:v>515309</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>71</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s"/>
+      <x:c r="E62" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>515309</x:v>
+        <x:v>521861</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>521861</x:v>
+        <x:v>609730</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
@@ -5071,271 +5071,271 @@
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>567061</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
+      <x:c r="E67" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>556939</x:v>
+        <x:v>549276</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>71</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>608074</x:v>
+        <x:v>556939</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
-      <x:c r="E69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="Q69" s="4" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>549276</x:v>
+        <x:v>608074</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="Q70" s="16" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>600884</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
@@ -5345,51 +5345,51 @@
       <x:c r="H71" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>531261</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
@@ -5404,285 +5404,286 @@
       <x:c r="H72" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="Q72" s="16" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>556932</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J73" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K73" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="L73" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M73" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N73" s="3" t="n">
+        <x:v>41036</x:v>
+      </x:c>
+      <x:c r="O73" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P73" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="J73" s="0" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>595668</x:v>
+        <x:v>608075</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>71</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q74" s="16" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>530478</x:v>
+        <x:v>595668</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>608075</x:v>
+        <x:v>530478</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="Q76" s="16" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>503811</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
@@ -6758,173 +6759,173 @@
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>555535</x:v>
+        <x:v>609444</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>609444</x:v>
+        <x:v>505958</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>505958</x:v>
+        <x:v>506639</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
@@ -6933,57 +6934,57 @@
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>506639</x:v>
+        <x:v>555535</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>