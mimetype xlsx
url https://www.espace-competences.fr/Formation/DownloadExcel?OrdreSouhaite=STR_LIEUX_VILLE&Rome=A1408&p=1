--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -233,59 +233,59 @@
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire spécialisé vétérinaire</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
+    <x:t>01/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/08/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro conduite d'activités d'élevage et d'hébergement dans le secteur canin-félin (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Beauchamp</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13630</x:t>
   </x:si>
   <x:si>
     <x:t>Élevage éducation canin félin</x:t>
@@ -575,72 +575,72 @@
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Élevage canin et félin</x:t>
   </x:si>
   <x:si>
     <x:t>Zoopro</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Educateur comportementaliste canin</x:t>
+  </x:si>
+  <x:si>
     <x:t>Educateur canin</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Elevage canin</x:t>
   </x:si>
   <x:si>
     <x:t>Soigneur animalier</x:t>
   </x:si>
   <x:si>
     <x:t>Comportementaliste animalier</x:t>
   </x:si>
   <x:si>
     <x:t>Massage canin et félin</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Educateur comportementaliste canin</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant en médiation animale</x:t>
   </x:si>
   <x:si>
     <x:t>Elevage félin</x:t>
   </x:si>
   <x:si>
     <x:t>Premiers Secours chiens et chats</x:t>
   </x:si>
   <x:si>
     <x:t>Education Canine Trets</x:t>
   </x:si>
   <x:si>
     <x:t>ECT</x:t>
   </x:si>
   <x:si>
     <x:t>83119</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
@@ -1429,161 +1429,162 @@
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>581478</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
-      <x:c r="E6" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>607826</x:v>
+        <x:v>598830</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
+      <x:c r="E7" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>598830</x:v>
+        <x:v>607826</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
@@ -2279,51 +2280,51 @@
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>607828</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
@@ -3694,427 +3695,427 @@
       <x:c r="B48" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>42002</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>564282</x:v>
+        <x:v>417482</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>564317</x:v>
+        <x:v>564282</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>42002</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>512132</x:v>
+        <x:v>564317</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>42002</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>564278</x:v>
+        <x:v>512132</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>42002</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>533260</x:v>
+        <x:v>564278</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>527366</x:v>
+        <x:v>533260</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>42002</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>564295</x:v>
+        <x:v>527366</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42002</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>417482</x:v>
+        <x:v>564295</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
@@ -4183,51 +4184,51 @@
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>603763</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">