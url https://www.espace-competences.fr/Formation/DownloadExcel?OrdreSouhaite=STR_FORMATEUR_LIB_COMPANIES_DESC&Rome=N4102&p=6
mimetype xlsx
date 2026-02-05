--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -170,101 +170,101 @@
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite taxi</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Conducteur de taxi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Syndicat des Taxis Marseillais et de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>FORMATION A LA MOBILITE GEOGRAPHIQUE TAXI</x:t>
   </x:si>
   <x:si>
-    <x:t>Syndicat des Taxis Marseillais et de Provence</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Conducteur de taxi</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>02/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
@@ -317,62 +317,62 @@
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/22/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
@@ -476,54 +476,54 @@
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser un transport de sang et d'organes, de prélèvements biologiques et de médicaments sensibles</x:t>
   </x:si>
   <x:si>
     <x:t>HEKA Formations</x:t>
   </x:si>
   <x:si>
     <x:t>92600</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Transport sanitaire</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>05/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conducteur taxi</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Nationale des Taxis Indépendants</x:t>
   </x:si>
@@ -1341,265 +1341,265 @@
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>612928</x:v>
+        <x:v>598215</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s"/>
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>612902</x:v>
+        <x:v>612928</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>612923</x:v>
+        <x:v>612902</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>612933</x:v>
+        <x:v>612923</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>598215</x:v>
+        <x:v>612933</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -1783,51 +1783,51 @@
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>612907</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
@@ -1838,51 +1838,51 @@
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>612924</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
@@ -1937,51 +1937,51 @@
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>598203</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
@@ -1997,51 +1997,51 @@
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>598207</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
@@ -2052,51 +2052,51 @@
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>598212</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
@@ -2104,51 +2104,51 @@
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>598218</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
@@ -2159,51 +2159,51 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>598220</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
@@ -2480,51 +2480,51 @@
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>612903</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
@@ -2587,144 +2587,144 @@
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>598200</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>598205</x:v>
+        <x:v>612931</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>612931</x:v>
+        <x:v>598205</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>36</x:v>
@@ -2746,51 +2746,51 @@
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>598202</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
@@ -2853,51 +2853,51 @@
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>612900</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
@@ -2908,51 +2908,51 @@
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>612922</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
@@ -2960,51 +2960,51 @@
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>612925</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
@@ -3351,149 +3351,149 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>602723</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>600775</x:v>
+        <x:v>600683</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>600683</x:v>
+        <x:v>600775</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>101</x:v>
@@ -3625,51 +3625,51 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>609795</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
@@ -3715,110 +3715,110 @@
       <x:c r="K47" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31815</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>597710</x:v>
+        <x:v>597711</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31815</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>597711</x:v>
+        <x:v>597710</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="U48" s="16" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
@@ -4144,51 +4144,51 @@
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>598634</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
@@ -4348,51 +4348,51 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>364596</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
@@ -4707,51 +4707,51 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>364597</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
@@ -5138,51 +5138,51 @@
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>584701</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>101</x:v>
@@ -5373,51 +5373,51 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>584695</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
@@ -5587,51 +5587,51 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>494576</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
@@ -5952,51 +5952,51 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>598594</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
@@ -6005,51 +6005,51 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>598587</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
@@ -6209,51 +6209,51 @@
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>598610</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
@@ -6360,51 +6360,51 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>552128</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>