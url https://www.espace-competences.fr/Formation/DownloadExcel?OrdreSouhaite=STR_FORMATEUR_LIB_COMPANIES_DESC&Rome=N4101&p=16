--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -287,233 +287,233 @@
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conducteur du transport routier de marchandises sur porteur + Permis de conduire catégorie CE</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie C - CE - Habilitation pour la conduite de certains véhicules routiers affectés aux transports de marchandises (anciennement FIMO)</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie CE + Habilitation pour la conduite de certains véhicules routiers affectés aux transports de marchandises (anciennement FCO marchandises)</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel conducteur du transport routier de marchandises sur tous véhicules</x:t>
   </x:si>
   <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel conducteur du transport routier de marchandises sur tous véhicules (Rattrapage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
+    <x:t>BRIGNOLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Permis de conduire catégorie C + Habilitation pour la conduite de certains véhicules routiers affectés aux transports de marchandises + Epreuve théorique générale du code (ETG)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-16e</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>APT</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Promotrans Formation Professionnelle Continue - Antenne Rognac</x:t>
   </x:si>
   <x:si>
     <x:t>PROMOTRANS FPC</x:t>
   </x:si>
   <x:si>
     <x:t>13340</x:t>
   </x:si>
   <x:si>
     <x:t>ROGNAC</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2026 00:00:00</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>Bac pro conducteur transport routier marchandises (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Transport marchandise</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Paul Héraud</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP conducteur routier marchandises (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CAP conducteur routier de marchandises option livraisons longue distance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Livraison</x:t>
@@ -626,62 +626,62 @@
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2023 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Transport de produits de santé</x:t>
   </x:si>
   <x:si>
     <x:t>Formation au Transport de Produits de Santé</x:t>
   </x:si>
   <x:si>
     <x:t>FTPS</x:t>
   </x:si>
   <x:si>
     <x:t>35000</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique hospitalière , Demandeur d'emploi , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>CARROS</x:t>
@@ -761,56 +761,56 @@
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/17/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ecir Apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>MALLEMORT</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>City'Pro Richard Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
@@ -917,63 +917,63 @@
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MARTIN-DE-CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie C + Habilitation pour la conduite de certains véhicules routiers affectés aux transports de marchandises (anciennement FIMO)</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>01/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PREQUALIFICATION AU TITRE PROFESSIONNEL CTRMP</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Le Broc - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>06510</x:t>
   </x:si>
   <x:si>
     <x:t>LE BROC</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Gap - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Fos sur Mer - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13270</x:t>
   </x:si>
   <x:si>
     <x:t>FOS-SUR-MER</x:t>
   </x:si>
@@ -2727,155 +2727,149 @@
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>588394</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E22" s="14" t="s"/>
+      <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>612360</x:v>
+        <x:v>602722</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>602722</x:v>
+        <x:v>614265</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -2885,51 +2879,51 @@
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>600472</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>24</x:v>
@@ -2946,121 +2940,121 @@
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>601505</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>601535</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
@@ -3073,106 +3067,106 @@
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>599160</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>580452</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
@@ -3231,51 +3225,51 @@
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>600577</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>24</x:v>
@@ -3461,218 +3455,218 @@
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>601507</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>601536</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>612356</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>600481</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3685,232 +3679,232 @@
       <x:c r="J38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>600534</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>612357</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>580113</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>612850</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3923,57 +3917,57 @@
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>557353</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
@@ -4041,51 +4035,51 @@
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>616835</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
@@ -4096,311 +4090,319 @@
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>601509</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>614265</x:v>
+        <x:v>611283</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>611283</x:v>
+        <x:v>600576</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>600576</x:v>
+        <x:v>612846</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="C49" s="3" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="n">
+        <x:v>39795</x:v>
+      </x:c>
       <x:c r="D49" s="3" t="s"/>
+      <x:c r="E49" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F49" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>612846</x:v>
+        <x:v>612360</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>580451</x:v>
       </x:c>
@@ -4432,51 +4434,51 @@
       <x:c r="J51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>602716</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4489,51 +4491,51 @@
       <x:c r="J52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>602720</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>24</x:v>
@@ -4550,62 +4552,62 @@
       <x:c r="L53" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>601514</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -4658,51 +4660,51 @@
       <x:c r="J55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>600484</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -4721,51 +4723,51 @@
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>601201</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
@@ -4773,51 +4775,51 @@
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>601200</x:v>
+        <x:v>601203</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -4830,51 +4832,51 @@
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>601205</x:v>
+        <x:v>601204</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>103</x:v>
@@ -4885,332 +4887,332 @@
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>601212</x:v>
+        <x:v>601215</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>601213</x:v>
+        <x:v>601207</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>601203</x:v>
+        <x:v>601209</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>601204</x:v>
+        <x:v>601211</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>601215</x:v>
+        <x:v>601214</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>601207</x:v>
+        <x:v>601216</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>103</x:v>
@@ -5221,220 +5223,220 @@
       <x:c r="K65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>601209</x:v>
+        <x:v>601206</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>601211</x:v>
+        <x:v>601202</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>601214</x:v>
+        <x:v>601217</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>601216</x:v>
+        <x:v>601200</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>103</x:v>
@@ -5445,166 +5447,166 @@
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>601206</x:v>
+        <x:v>601205</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>601202</x:v>
+        <x:v>601212</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="U70" s="16" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>601217</x:v>
+        <x:v>601213</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>40007</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
@@ -5901,51 +5903,51 @@
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>559933</x:v>
+        <x:v>559904</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -5958,102 +5960,102 @@
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>559904</x:v>
+        <x:v>559933</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>592484</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40706</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
@@ -6066,51 +6068,51 @@
       <x:c r="J80" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>592477</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -6120,51 +6122,51 @@
       <x:c r="J81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>592490</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
@@ -6416,265 +6418,265 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>592480</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>40706</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>31827</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>592475</x:v>
+        <x:v>592486</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>592485</x:v>
+        <x:v>592489</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>40995</x:v>
+        <x:v>40706</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>31807</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>592486</x:v>
+        <x:v>592475</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>592489</x:v>
+        <x:v>592485</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -7296,175 +7298,175 @@
       <x:c r="K102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>548768</x:v>
+        <x:v>454922</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>37894</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>31827</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>454922</x:v>
+        <x:v>609389</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>40995</x:v>
+        <x:v>37894</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>609389</x:v>
+        <x:v>548768</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>193</x:v>
@@ -7472,51 +7474,51 @@
       <x:c r="L105" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>601069</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
@@ -7530,51 +7532,51 @@
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>538735</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38559</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -7639,51 +7641,51 @@
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>538731</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
@@ -7748,51 +7750,51 @@
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>584737</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>26</x:v>
@@ -7918,51 +7920,51 @@
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>584723</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8644,51 +8646,51 @@
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>584731</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>26</x:v>
@@ -8756,51 +8758,51 @@
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>584735</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>26</x:v>
@@ -8814,51 +8816,51 @@
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>584749</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8977,393 +8979,393 @@
       <x:c r="K132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>584717</x:v>
+        <x:v>584719</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>584743</x:v>
+        <x:v>584729</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>584719</x:v>
+        <x:v>584745</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>584729</x:v>
+        <x:v>584747</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>584745</x:v>
+        <x:v>584750</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>584747</x:v>
+        <x:v>584717</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>584750</x:v>
+        <x:v>584743</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37894</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -9483,51 +9485,51 @@
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>611941</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -9699,51 +9701,51 @@
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>615294</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
@@ -10051,159 +10053,159 @@
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>548941</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>40995</x:v>
+        <x:v>37894</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>602951</x:v>
+        <x:v>548997</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>37894</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>31827</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>548997</x:v>
+        <x:v>602951</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38559</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10445,144 +10447,144 @@
       <x:c r="R158" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>586529</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38559</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>603518</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38559</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>540615</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -10595,51 +10597,51 @@
       <x:c r="J161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>602947</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -10702,51 +10704,51 @@
       <x:c r="J163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>586528</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -10757,51 +10759,51 @@
       <x:c r="J164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>586538</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>25</x:v>
@@ -10823,215 +10825,214 @@
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>611514</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>271</x:v>
-[...1 lines deleted...]
-      <x:c r="C166" s="15" t="s"/>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C166" s="15" t="n">
+        <x:v>40995</x:v>
+      </x:c>
       <x:c r="D166" s="15" t="s"/>
-      <x:c r="E166" s="14" t="s"/>
+      <x:c r="E166" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>590637</x:v>
+        <x:v>602964</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>140</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
-      <x:c r="E167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>31807</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>602964</x:v>
+        <x:v>590637</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>583171</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>59</x:v>
@@ -11047,74 +11048,74 @@
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>585773</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="G170" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>583946</x:v>
       </x:c>
@@ -11148,51 +11149,51 @@
       <x:c r="J171" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>548935</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -11255,57 +11256,57 @@
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>603471</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>26</x:v>
@@ -11367,51 +11368,51 @@
       <x:c r="J175" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>499812</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -11439,594 +11440,593 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>615210</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>615406</x:v>
+        <x:v>614717</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="C178" s="15" t="s"/>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C178" s="15" t="n">
+        <x:v>37894</x:v>
+      </x:c>
       <x:c r="D178" s="15" t="s"/>
-      <x:c r="E178" s="14" t="s"/>
+      <x:c r="E178" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>585774</x:v>
+        <x:v>548936</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>611513</x:v>
+        <x:v>615406</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="J180" s="14" t="s"/>
+      <x:c r="J180" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>31827</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>616750</x:v>
+        <x:v>585774</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>599820</x:v>
+        <x:v>611513</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>198</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="J182" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>546315</x:v>
+        <x:v>616750</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>614717</x:v>
+        <x:v>599820</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>37894</x:v>
+        <x:v>38559</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
-      <x:c r="E184" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>31827</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>548936</x:v>
+        <x:v>546315</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>38559</x:v>
+        <x:v>37894</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>266</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>599077</x:v>
+        <x:v>548938</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>37894</x:v>
+        <x:v>38559</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="F186" s="14" t="s"/>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F186" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
       <x:c r="G186" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>31827</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>548938</x:v>
+        <x:v>599077</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12286,67 +12286,67 @@
       <x:c r="R191" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>548943</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38558</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="G192" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>606696</x:v>
       </x:c>
@@ -12453,270 +12453,270 @@
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>548942</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
-      <x:c r="E195" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>548998</x:v>
+        <x:v>616748</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>40995</x:v>
+        <x:v>37894</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>602950</x:v>
+        <x:v>548940</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>283</x:v>
-[...1 lines deleted...]
-      <x:c r="C197" s="3" t="s"/>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C197" s="3" t="n">
+        <x:v>37894</x:v>
+      </x:c>
       <x:c r="D197" s="3" t="s"/>
+      <x:c r="E197" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J197" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>616748</x:v>
+        <x:v>548998</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>37894</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>31827</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>548940</x:v>
+        <x:v>602950</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12734,164 +12734,165 @@
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>602952</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>38558</x:v>
+        <x:v>37894</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
-        <x:v>73</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>31804</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>601770</x:v>
+        <x:v>548937</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>37894</x:v>
+        <x:v>38558</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F201" s="0" t="s">
+        <x:v>266</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>31827</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>548937</x:v>
+        <x:v>601770</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">