--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -179,90 +179,90 @@
   <x:si>
     <x:t>Personnel au sol</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de Trafic</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent d'escale et Stage Anglais et Stage préparation et examen TOEIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Horizons Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent d'escale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent d'escale et Stage Préparation et examen TOEIC</x:t>
-  </x:si>
-[...37 lines deleted...]
-    <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école de l'air et de l'espace</x:t>
   </x:si>
   <x:si>
     <x:t>École de l'air et de l'espace</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Construction aérospatiale</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de l'air et de l'espace</x:t>
   </x:si>
@@ -969,205 +969,205 @@
       <x:c r="K4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>611266</x:v>
+        <x:v>611264</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>611262</x:v>
+        <x:v>611267</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>611267</x:v>
+        <x:v>611262</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>611264</x:v>
+        <x:v>611266</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>41498</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>53</x:v>
       </x:c>