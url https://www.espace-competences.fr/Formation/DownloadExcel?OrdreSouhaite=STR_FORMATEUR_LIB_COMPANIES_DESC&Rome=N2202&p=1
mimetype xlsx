--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -179,90 +179,90 @@
   <x:si>
     <x:t>Personnel au sol</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de Trafic</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Horizons Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent d'escale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent d'escale et Stage Préparation et examen TOEIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent d'escale et Stage Anglais et Stage préparation et examen TOEIC</x:t>
   </x:si>
   <x:si>
-    <x:t>Horizons Academy</x:t>
-[...35 lines deleted...]
-    <x:t>Agent d'escale et Stage Préparation et examen TOEIC</x:t>
+    <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école de l'air et de l'espace</x:t>
   </x:si>
   <x:si>
     <x:t>École de l'air et de l'espace</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Construction aérospatiale</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de l'air et de l'espace</x:t>
   </x:si>
@@ -930,277 +930,277 @@
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
         <x:v>584271</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s"/>
       <x:c r="K4" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="L4" s="14" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="Q4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="Q4" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R4" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="S4" s="14" t="n">
+        <x:v>611267</x:v>
+      </x:c>
+      <x:c r="T4" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="S4" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T4" s="16" t="s">
+      <x:c r="U4" s="16" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="I5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="I5" s="4" t="s">
+      <x:c r="K5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="K5" s="0" t="s">
+      <x:c r="L5" s="0" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="Q5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="Q5" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>611267</x:v>
+        <x:v>617515</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="L6" s="14" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="Q6" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="Q6" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>611262</x:v>
+        <x:v>617519</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="U6" s="16" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="I7" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="I7" s="4" t="s">
+      <x:c r="K7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="K7" s="0" t="s">
+      <x:c r="L7" s="0" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="Q7" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>611266</x:v>
+        <x:v>617517</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="U7" s="4" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>41498</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>23624</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>596835</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>59</x:v>
       </x:c>