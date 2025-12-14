--- v0 (2025-12-13)
+++ v1 (2025-12-14)
@@ -281,77 +281,77 @@
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaltic</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>QGis Approfondissement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elisabeth Lauriol - Cartographie et Sig</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Public en emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cartographie avec le logiciel QGIS</x:t>
+  </x:si>
+  <x:si>
     <x:t>QGIS : Initiation</x:t>
   </x:si>
   <x:si>
-    <x:t>Elisabeth Lauriol - Cartographie et Sig</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Opérateur de drone en photogrammétrie</x:t>
   </x:si>
   <x:si>
     <x:t>Drone Up Academy</x:t>
   </x:si>
   <x:si>
     <x:t>31620</x:t>
   </x:si>
   <x:si>
     <x:t>Photo interprétation</x:t>
   </x:si>
   <x:si>
     <x:t>LE BEAUSSET</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
@@ -383,81 +383,81 @@
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Télépilote de drone - spécialisation photogrammétrie</x:t>
   </x:si>
   <x:si>
     <x:t>By-Drone</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention géographie, aménagement, environnement et développement</x:t>
   </x:si>
   <x:si>
-    <x:t>Avignon Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Amj Groupe - Geosoft</x:t>
   </x:si>
   <x:si>
     <x:t>75015</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie physique et biogéochimique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie biologique et écologie marine</x:t>
   </x:si>
@@ -1561,153 +1561,153 @@
       <x:c r="K11" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>573269</x:v>
+        <x:v>573276</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>573276</x:v>
+        <x:v>573274</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>573274</x:v>
+        <x:v>573279</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>72</x:v>
@@ -1716,65 +1716,65 @@
       <x:c r="K14" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>573279</x:v>
+        <x:v>573269</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
@@ -1832,188 +1832,188 @@
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>610029</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>505650</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>505652</x:v>
+        <x:v>505648</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>505648</x:v>
+        <x:v>505652</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>87</x:v>
@@ -2138,100 +2138,100 @@
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>505654</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>505646</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
@@ -2444,100 +2444,100 @@
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>505653</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>492720</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
@@ -2546,100 +2546,100 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>492718</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>492725</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
@@ -2683,483 +2683,483 @@
       <x:c r="K33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24289</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>588131</x:v>
+        <x:v>587629</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>24289</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>587629</x:v>
+        <x:v>588131</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>39194</x:v>
+        <x:v>40979</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="I35" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="I35" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>12252</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="Q35" s="4" t="s">
+      <x:c r="R35" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="R35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>592058</x:v>
+        <x:v>592805</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>40979</x:v>
+        <x:v>39194</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>12252</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="Q36" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="Q36" s="16" t="s">
+      <x:c r="R36" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="R36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>592805</x:v>
+        <x:v>592058</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>598891</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>40979</x:v>
+        <x:v>39194</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>12252</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>592804</x:v>
+        <x:v>592056</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>39194</x:v>
+        <x:v>38563</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>592056</x:v>
+        <x:v>595494</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38563</x:v>
+        <x:v>40979</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>12061</x:v>
+        <x:v>12252</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>595494</x:v>
+        <x:v>592804</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>592057</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">