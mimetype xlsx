--- v0 (2026-03-21)
+++ v1 (2026-03-21)
@@ -224,62 +224,62 @@
   <x:si>
     <x:t>12/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel secrétaire assistant médico-administratif</x:t>
   </x:si>
   <x:si>
     <x:t>Sipca</x:t>
   </x:si>
   <x:si>
     <x:t>80000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/21/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétaire médical</x:t>
@@ -386,74 +386,74 @@
   <x:si>
     <x:t>Titre professionnel secrétaire assistant médico-administratif (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
+    <x:t>Seven Life</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel secrétaire assistant médico-social</x:t>
   </x:si>
   <x:si>
-    <x:t>Seven Life</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/31/2027 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel secrétaire assistant médico-administratif (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE BELMONT</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>Provence formation - Erudis Aix</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
@@ -869,113 +869,113 @@
   <x:si>
     <x:t>LP du Parc St-Jean</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>Le Cours Messidoro - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>Le Cours Messidoro - Pigier - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/28/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>92300</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier|La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation aux métiers d'aide-soignante et d'auxiliaire de puériculture  + assistante secrétaire + Excel  intégral</x:t>
   </x:si>
   <x:si>
     <x:t>Kh Europe Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation concours paramédical</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant secrétaire médico-social module 2</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel secrétaire assistant médico-social BC1 assister une équipe dans la communication des informations et l'organisation des activités</x:t>
+  </x:si>
+  <x:si>
     <x:t>Assistant secrétaire médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel secrétaire assistant médico-social BC2 assurer l'accueil et la prise en charge administrative du patient ou de l'usager</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel secrétaire assistant médico-social BC1 assister une équipe dans la communication des informations et l'organisation des activités</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Assistant secrétaire médico-social module 1</x:t>
   </x:si>
   <x:si>
     <x:t>Keyce International Academy - Collège de Paris</x:t>
   </x:si>
   <x:si>
     <x:t>34470</x:t>
   </x:si>
   <x:si>
     <x:t>Keyce International Academy - Collège de Paris - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétaire médicale (Apprentissage)</x:t>
@@ -1133,59 +1133,59 @@
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Hors Piste Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VENELLES</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
-    <x:t>MEYREUIL</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fondamentaux secrétariat médical dentaire et orthodontie</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Edmond Binhas</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
@@ -1196,77 +1196,77 @@
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/20/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre Professionnel Secrétaire assistant médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CCP 2 ""Assurer l'accueil et la prise en charge administrative du patient ou de l'usager"" - Titre professionnel Secretaire assistant médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
@@ -1277,59 +1277,59 @@
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fraser Formation</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel secrétaire assistant(e) médico-social(e)</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/25/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formadom</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var Formation Professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>FORMAPRO</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
@@ -1463,59 +1463,59 @@
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>École Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>École Pigier Marseille (cours Messidoro)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
+    <x:t>07/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/29/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2024 00:00:00</x:t>
@@ -1700,59 +1700,59 @@
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Pharmacie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel secrétaire assistant médico-administratif (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 13ème</x:t>
   </x:si>
   <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/16/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétaire assistant médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
@@ -1781,132 +1781,132 @@
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétaire assistant médico-administratif</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Assurer l’accueil du patient et les activités administratives courantes d’une structure médicale - Bloc de compétences du titre professionnel Secrétaire assistant médico-administratif</x:t>
   </x:si>
   <x:si>
     <x:t>Assister les professionnels de santé d’une structure médicale dans le suivi et la coordination du parcours du patient - Bloc de compétences du titre professionnel Secrétaire assistant médico-administratif</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/16/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>06/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -2742,51 +2742,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>617309</x:v>
+        <x:v>617312</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
@@ -2799,51 +2799,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>617312</x:v>
+        <x:v>617309</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -2913,54 +2913,54 @@
       <x:c r="L10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>617310</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -3024,51 +3024,51 @@
       <x:c r="L12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>623286</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -3135,54 +3135,54 @@
       <x:c r="L14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>617311</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -3246,51 +3246,51 @@
       <x:c r="L16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>623986</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>36714</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -3924,51 +3924,51 @@
       <x:c r="K28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>587813</x:v>
+        <x:v>588288</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -4035,51 +4035,51 @@
       <x:c r="K30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>588288</x:v>
+        <x:v>587813</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -4271,258 +4271,258 @@
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>589903</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I35" s="4" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="Q35" s="4" t="s">
+      <x:c r="R35" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="R35" s="0" t="s">
+      <x:c r="S35" s="0" t="n">
+        <x:v>597790</x:v>
+      </x:c>
+      <x:c r="T35" s="4" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q36" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="Q36" s="16" t="s">
+      <x:c r="R36" s="14" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>621484</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I37" s="4" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="Q37" s="4" t="s">
+      <x:c r="R37" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="R37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>597790</x:v>
+        <x:v>579486</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="Q38" s="16" t="s">
+      <x:c r="R38" s="14" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>599225</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>36734</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -5608,141 +5608,142 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>596424</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
+      <x:c r="J59" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>596419</x:v>
+        <x:v>594070</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="J60" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>594070</x:v>
+        <x:v>596419</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>118</x:v>
@@ -8428,141 +8429,142 @@
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>596402</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
+      <x:c r="J113" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>596420</x:v>
+        <x:v>594045</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="J114" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>594045</x:v>
+        <x:v>596420</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>118</x:v>
@@ -9223,156 +9225,157 @@
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>546032</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36491</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
-      <x:c r="E128" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>600154</x:v>
+        <x:v>616686</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36491</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
+      <x:c r="E129" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>616686</x:v>
+        <x:v>600154</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36491</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
@@ -9558,51 +9561,51 @@
       <x:c r="M133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>620523</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
@@ -9670,142 +9673,141 @@
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>542260</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C136" s="15" t="s"/>
+      <x:c r="C136" s="15" t="n">
+        <x:v>36805</x:v>
+      </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="J136" s="14" t="s"/>
+      <x:c r="J136" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>542258</x:v>
+        <x:v>542427</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C137" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="J137" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>542429</x:v>
+        <x:v>542258</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
@@ -9818,51 +9820,51 @@
       <x:c r="K138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>542427</x:v>
+        <x:v>542429</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>41</x:v>
@@ -10656,51 +10658,51 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>553444</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>35015</x:v>
@@ -10824,51 +10826,51 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>553417</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>50</x:v>
@@ -10881,51 +10883,51 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>578429</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>35015</x:v>
@@ -10935,51 +10937,51 @@
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>578431</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>50</x:v>
@@ -10992,51 +10994,51 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>578434</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>35015</x:v>
@@ -11046,51 +11048,51 @@
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>578426</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>50</x:v>
@@ -11103,51 +11105,51 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>578428</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>35015</x:v>
@@ -11157,205 +11159,205 @@
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>578423</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>578425</x:v>
+        <x:v>578433</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>578432</x:v>
+        <x:v>578425</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>578433</x:v>
+        <x:v>578432</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -11431,51 +11433,51 @@
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>614925</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>139</x:v>
@@ -11539,51 +11541,51 @@
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>603649</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36734</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -11712,440 +11714,440 @@
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>603650</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36734</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="S172" s="14" t="n">
+        <x:v>588105</x:v>
+      </x:c>
+      <x:c r="T172" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="S172" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T172" s="16" t="s">
+      <x:c r="U172" s="16" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>36734</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
-      <x:c r="E173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>549496</x:v>
+        <x:v>574712</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>36734</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s"/>
+      <x:c r="E174" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>586420</x:v>
+        <x:v>549496</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36734</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>574713</x:v>
+        <x:v>586420</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36734</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>603651</x:v>
+        <x:v>574713</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36734</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
+      <x:c r="E177" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>588107</x:v>
+        <x:v>603651</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36734</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>588105</x:v>
+        <x:v>588107</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
@@ -12506,154 +12508,154 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>599779</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>572631</x:v>
+        <x:v>608171</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>608171</x:v>
+        <x:v>572631</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -12666,51 +12668,51 @@
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>620546</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -12720,59 +12722,59 @@
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>599781</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>139</x:v>
@@ -13014,51 +13016,51 @@
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>613995</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>50</x:v>
@@ -13071,51 +13073,51 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>544440</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>50</x:v>
@@ -13284,51 +13286,51 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>616372</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>139</x:v>
@@ -13341,51 +13343,51 @@
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>567744</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>35015</x:v>
@@ -13435,51 +13437,51 @@
       <x:c r="J202" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>596806</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -13509,51 +13511,51 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>554195</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>139</x:v>
@@ -14581,126 +14583,126 @@
         <x:v>97</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>622622</x:v>
+        <x:v>598186</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="U222" s="16" t="s">
         <x:v>464</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>598186</x:v>
+        <x:v>622622</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
@@ -14716,51 +14718,51 @@
       <x:c r="M224" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>598184</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
@@ -14770,51 +14772,51 @@
       <x:c r="M225" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>622624</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
@@ -14943,51 +14945,51 @@
       <x:c r="M228" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>622623</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
@@ -14997,51 +14999,51 @@
       <x:c r="M229" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>609631</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -15054,51 +15056,51 @@
       <x:c r="M230" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>598185</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -15108,51 +15110,51 @@
       <x:c r="L231" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>600067</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
@@ -15172,51 +15174,51 @@
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>521443</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>35015</x:v>
@@ -15375,51 +15377,51 @@
       <x:c r="I236" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>15001</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>607061</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>36080</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
@@ -15610,51 +15612,51 @@
       <x:c r="J240" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>15001</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>617408</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>36080</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
@@ -15667,51 +15669,51 @@
       <x:c r="J241" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>15001</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>617395</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>36080</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
@@ -15753,132 +15755,132 @@
       <x:c r="S242" s="14" t="n">
         <x:v>617399</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>36080</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>15001</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>620873</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>36080</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>15001</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>620887</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
@@ -16266,51 +16268,51 @@
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>607500</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>50</x:v>
@@ -16709,51 +16711,51 @@
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>622088</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
@@ -16769,51 +16771,51 @@
       <x:c r="M260" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>610188</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
@@ -16874,111 +16876,111 @@
       <x:c r="K262" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>617179</x:v>
+        <x:v>622085</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>622085</x:v>
+        <x:v>617179</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -16988,51 +16990,51 @@
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>622084</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -17265,57 +17267,57 @@
       <x:c r="K269" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>606575</x:v>
+        <x:v>606577</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>541</x:v>
@@ -17326,54 +17328,54 @@
       <x:c r="K270" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>606577</x:v>
+        <x:v>606575</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
@@ -17392,51 +17394,51 @@
       <x:c r="M271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>606576</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>541</x:v>
@@ -17571,51 +17573,51 @@
       <x:c r="L274" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>606578</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
@@ -17631,51 +17633,51 @@
       <x:c r="L275" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>591840</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
@@ -17866,51 +17868,51 @@
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>529559</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
@@ -18095,51 +18097,51 @@
       <x:c r="L283" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>571620</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
@@ -18154,51 +18156,51 @@
       <x:c r="L284" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>604495</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
@@ -18222,159 +18224,159 @@
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>624012</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>548106</x:v>
+        <x:v>604497</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>586061</x:v>
+        <x:v>548104</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
@@ -18383,578 +18385,578 @@
       <x:c r="K288" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>586064</x:v>
+        <x:v>586063</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>571</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>572</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>575493</x:v>
+        <x:v>586060</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>624011</x:v>
+        <x:v>548106</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>624013</x:v>
+        <x:v>586061</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>524870</x:v>
+        <x:v>586064</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>548104</x:v>
+        <x:v>620358</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>586063</x:v>
+        <x:v>575493</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>604497</x:v>
+        <x:v>624011</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="U295" s="4" t="s">
         <x:v>581</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>586060</x:v>
+        <x:v>624013</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>620358</x:v>
+        <x:v>524870</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
@@ -18969,51 +18971,51 @@
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>586062</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -19023,51 +19025,51 @@
       <x:c r="L299" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>524868</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
@@ -19139,51 +19141,51 @@
       <x:c r="L301" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>604496</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
@@ -19195,694 +19197,694 @@
       <x:c r="K302" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>604493</x:v>
+        <x:v>588079</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>613830</x:v>
+        <x:v>604493</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>623365</x:v>
+        <x:v>613830</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>524875</x:v>
+        <x:v>575490</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>575490</x:v>
+        <x:v>624008</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>588</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>624008</x:v>
+        <x:v>524875</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>548092</x:v>
+        <x:v>623365</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>588079</x:v>
+        <x:v>548092</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>623364</x:v>
+        <x:v>575491</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>575491</x:v>
+        <x:v>575492</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>575492</x:v>
+        <x:v>624009</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>624009</x:v>
+        <x:v>624010</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
@@ -19891,346 +19893,346 @@
       <x:c r="K314" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>624010</x:v>
+        <x:v>623364</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>547962</x:v>
+        <x:v>524773</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>585762</x:v>
+        <x:v>547952</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>585765</x:v>
+        <x:v>547962</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>575411</x:v>
+        <x:v>585762</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>547952</x:v>
+        <x:v>585765</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
@@ -20239,57 +20241,57 @@
       <x:c r="K320" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>524773</x:v>
+        <x:v>575411</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -20358,170 +20360,170 @@
       <x:c r="L322" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>569501</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>524772</x:v>
+        <x:v>575409</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>575409</x:v>
+        <x:v>524772</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>593</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -20590,51 +20592,51 @@
       <x:c r="L326" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>604431</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
@@ -20658,391 +20660,391 @@
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>524777</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>620348</x:v>
+        <x:v>623352</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>623352</x:v>
+        <x:v>623874</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I330" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>623874</x:v>
+        <x:v>547966</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>547966</x:v>
+        <x:v>585764</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I332" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>524781</x:v>
+        <x:v>623351</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>585764</x:v>
+        <x:v>623875</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
@@ -21051,578 +21053,578 @@
       <x:c r="K334" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>623351</x:v>
+        <x:v>620348</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>592</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>623875</x:v>
+        <x:v>524781</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>604429</x:v>
+        <x:v>529525</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>604432</x:v>
+        <x:v>604433</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I338" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>529525</x:v>
+        <x:v>585766</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>585766</x:v>
+        <x:v>623872</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>623872</x:v>
+        <x:v>575410</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>575410</x:v>
+        <x:v>588022</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>604433</x:v>
+        <x:v>604429</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>582</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>588022</x:v>
+        <x:v>604432</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I344" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
@@ -21634,51 +21636,51 @@
       <x:c r="L344" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>524771</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
@@ -21694,51 +21696,51 @@
       <x:c r="M345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>585763</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
@@ -21753,51 +21755,51 @@
       <x:c r="M346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>623871</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -21807,54 +21809,54 @@
       <x:c r="L347" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>623873</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
@@ -21866,54 +21868,54 @@
       <x:c r="L348" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>623876</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="U348" s="16" t="s">
         <x:v>577</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -22098,51 +22100,51 @@
       <x:c r="L352" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>547964</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>541</x:v>
       </x:c>