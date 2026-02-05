--- v1 (2026-02-04)
+++ v2 (2026-02-05)
@@ -470,59 +470,59 @@
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/28/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation modulaire certifiante : métiers de l'assistanat administratif, médico-social et comptable</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>Comptabilité générale</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro assistance à la gestion des organisations et de leurs activités</x:t>
@@ -776,110 +776,110 @@
   <x:si>
     <x:t>06/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2026 00:00:00</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
@@ -1760,65 +1760,65 @@
   <x:si>
     <x:t>59200</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat juridique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé du Para-Médical - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Assistant juridique (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Assistant juridique (Contrat de Professionnalisation)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>01/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor européen attaché de direction</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat direction</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant(e) Ressources Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat ressources humaines</x:t>
@@ -2153,143 +2153,143 @@
   <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association Régionale Formation Apprentis Métiers Sport, Animation, Tourisme - CFA Régional Métiers du Sport, de l'Animation et du Tourisme - Futurosud</x:t>
   </x:si>
   <x:si>
     <x:t>ARFAMSTA</x:t>
   </x:si>
   <x:si>
     <x:t>Pack Office : maîtriser les bases d’Excel, Word, PowerPoint et Outlook</x:t>
   </x:si>
   <x:si>
     <x:t>DCP Formation</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
+    <x:t>LOURMARIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAGNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMBRUN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-DE-BOUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-REMY-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
-    <x:t>LOURMARIN</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
     <x:t>MALIJAI</x:t>
   </x:si>
   <x:si>
     <x:t>VENELLES</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-MAXIME</x:t>
   </x:si>
   <x:si>
     <x:t>SOLLIES-VILLE</x:t>
   </x:si>
   <x:si>
     <x:t>LA GAUDE</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>EYGLIERS</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-ANDRE-LES-ALPES</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT BONNET EN CHAMPSAUR</x:t>
   </x:si>
   <x:si>
     <x:t>PEYNIER</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE LUC EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
-    <x:t>MARTIGUES</x:t>
-[...2 lines deleted...]
-    <x:t>LE LUC EN PROVENCE</x:t>
+    <x:t>BARCELONNETTE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARVIEUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA COLLE-SUR-LOUP</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>APT</x:t>
   </x:si>
   <x:si>
-    <x:t>BARCELONNETTE</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Bureautique Approfondissement : Excel + Word + Powerpoint</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Informatique pour les débutants : Windows + Internet + Office</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
@@ -2351,104 +2351,104 @@
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>Excel niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Excel niveau 2</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/21/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chargé d'accueil et de gestion administrative (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Cf</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre National d'Enseignement à Distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHASSENEUIL-DU-POITOU</x:t>
+  </x:si>
+  <x:si>
     <x:t>Capacité en droit</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre National d'Enseignement à Distance</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant de gestion et d'administration d'entreprise (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat formation</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>Formation bureautique</x:t>
@@ -2492,56 +2492,56 @@
   <x:si>
     <x:t>ACAF MSA</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>Association Cool - L'Informatique pour Tous</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MONTAUROUX</x:t>
+  </x:si>
+  <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
-    <x:t>MONTAUROUX</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>Word initiation</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
@@ -2576,156 +2576,156 @@
   <x:si>
     <x:t>Titre professionnel secrétaire assistant (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Assister une équipe dans la communication des informations et l'organisation des activités - Bloc de compétences du titre professionnel Secrétaire Assistant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Secrétaire assistant</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chargé d'accueil et de gestion administrative</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/19/2026 00:00:00</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Traiter les opérations administratives liées à la gestion commerciale et aux ressources humaines - Bloc de compétences du titre professionnel Secrétaire Assistant</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Access - perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>3d Ingénierie Systèmes</x:t>
   </x:si>
   <x:si>
     <x:t>3DIS</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Access</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>Formation modulaire certifiante : métiers de l'assistanat administratif, médico-administratif et comptable</x:t>
   </x:si>
@@ -5451,115 +5451,115 @@
       <x:c r="I41" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="S41" s="0" t="n">
+        <x:v>525582</x:v>
+      </x:c>
+      <x:c r="T41" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U41" s="4" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>525582</x:v>
+        <x:v>577797</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -5997,151 +5997,151 @@
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>588261</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>588155</x:v>
+        <x:v>588152</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>588152</x:v>
+        <x:v>588155</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>54</x:v>
@@ -8311,765 +8311,765 @@
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>576602</x:v>
+        <x:v>576599</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>584591</x:v>
+        <x:v>576600</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>584592</x:v>
+        <x:v>576614</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>575135</x:v>
+        <x:v>576618</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>575136</x:v>
+        <x:v>576624</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>576599</x:v>
+        <x:v>576627</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>576600</x:v>
+        <x:v>584589</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>576614</x:v>
+        <x:v>584595</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>576618</x:v>
+        <x:v>584596</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>576624</x:v>
+        <x:v>575134</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>576627</x:v>
+        <x:v>576602</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>584589</x:v>
+        <x:v>584591</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>584595</x:v>
+        <x:v>584592</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>584596</x:v>
+        <x:v>575135</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>575134</x:v>
+        <x:v>575136</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>203</x:v>
@@ -10506,152 +10506,152 @@
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>595284</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>197</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>595268</x:v>
+        <x:v>594441</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>163</x:v>
-[...1 lines deleted...]
-      <x:c r="C136" s="15" t="s"/>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C136" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>594441</x:v>
+        <x:v>595268</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>56</x:v>
@@ -10667,152 +10667,152 @@
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>594433</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>197</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>595304</x:v>
+        <x:v>594496</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>163</x:v>
-[...1 lines deleted...]
-      <x:c r="C139" s="3" t="s"/>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C139" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>594496</x:v>
+        <x:v>595304</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -11682,51 +11682,51 @@
       <x:c r="J156" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>594454</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>351</x:v>
@@ -14729,51 +14729,51 @@
       <x:c r="J212" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>595280</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>349</x:v>
@@ -14781,51 +14781,51 @@
       <x:c r="J213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>594474</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
@@ -15946,51 +15946,51 @@
       <x:c r="J234" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>595278</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
@@ -17039,51 +17039,51 @@
       <x:c r="J254" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>612077</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -17174,159 +17174,158 @@
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>599789</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
-      <x:c r="E257" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>599790</x:v>
+        <x:v>576238</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
-      <x:c r="E258" s="14" t="s"/>
+      <x:c r="E258" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>576238</x:v>
+        <x:v>599790</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>36389</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
@@ -17394,51 +17393,51 @@
         <x:v>572</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>523230</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>571</x:v>
@@ -17446,51 +17445,51 @@
       <x:c r="I261" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>523303</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
@@ -17501,51 +17500,51 @@
         <x:v>572</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>521677</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
@@ -17621,60 +17620,60 @@
       <x:c r="J264" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>571746</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -20038,60 +20037,60 @@
       <x:c r="J306" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>543681</x:v>
+        <x:v>544800</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20203,111 +20202,111 @@
       <x:c r="J309" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>493630</x:v>
+        <x:v>543681</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>544800</x:v>
+        <x:v>493630</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -21298,159 +21297,160 @@
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>588363</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
+      <x:c r="E329" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>601193</x:v>
+        <x:v>554390</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
-      <x:c r="E330" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>554390</x:v>
+        <x:v>601193</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -22181,51 +22181,51 @@
       <x:c r="M343" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>590872</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -22726,459 +22726,459 @@
       <x:c r="K353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>612637</x:v>
+        <x:v>612638</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>612638</x:v>
+        <x:v>612641</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>612641</x:v>
+        <x:v>612644</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>612644</x:v>
+        <x:v>612530</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>612530</x:v>
+        <x:v>612531</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>697</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>612531</x:v>
+        <x:v>612541</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>612541</x:v>
+        <x:v>612566</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>698</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>612566</x:v>
+        <x:v>612570</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>612570</x:v>
+        <x:v>612573</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>693</x:v>
@@ -23187,153 +23187,153 @@
       <x:c r="K362" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>612573</x:v>
+        <x:v>612576</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>612576</x:v>
+        <x:v>612606</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>612606</x:v>
+        <x:v>612637</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>25</x:v>
@@ -24355,870 +24355,870 @@
       <x:c r="I385" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>571763</x:v>
+        <x:v>612520</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>612520</x:v>
+        <x:v>612535</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>612535</x:v>
+        <x:v>612585</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>612585</x:v>
+        <x:v>612590</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>612590</x:v>
+        <x:v>612607</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>612607</x:v>
+        <x:v>571763</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>612635</x:v>
+        <x:v>612521</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>715</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>612647</x:v>
+        <x:v>612543</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>612521</x:v>
+        <x:v>612555</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>652</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>612543</x:v>
+        <x:v>612577</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>612555</x:v>
+        <x:v>612580</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>627</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>612577</x:v>
+        <x:v>612592</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>612580</x:v>
+        <x:v>612602</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>633</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>612592</x:v>
+        <x:v>612604</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>612602</x:v>
+        <x:v>612635</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>612604</x:v>
+        <x:v>612646</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>612646</x:v>
+        <x:v>612647</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>693</x:v>
@@ -25227,610 +25227,610 @@
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>612643</x:v>
+        <x:v>612528</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>612645</x:v>
+        <x:v>612533</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>720</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>612642</x:v>
+        <x:v>612545</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>612528</x:v>
+        <x:v>612546</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>722</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>612533</x:v>
+        <x:v>612549</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>612545</x:v>
+        <x:v>612558</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>612546</x:v>
+        <x:v>612561</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>612549</x:v>
+        <x:v>612567</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>612558</x:v>
+        <x:v>612593</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>612561</x:v>
+        <x:v>612643</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>612567</x:v>
+        <x:v>612645</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>612593</x:v>
+        <x:v>612642</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>727</x:v>
@@ -26394,51 +26394,51 @@
       <x:c r="L424" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>584624</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>743</x:v>
       </x:c>
@@ -27145,54 +27145,54 @@
       <x:c r="I437" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>611222</x:v>
+        <x:v>611224</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
@@ -27200,112 +27200,112 @@
         <x:v>116</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>611225</x:v>
+        <x:v>611222</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>611224</x:v>
+        <x:v>611225</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>762</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
@@ -27320,51 +27320,51 @@
       <x:c r="M440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>601695</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="E441" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -27738,614 +27738,614 @@
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>452329</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>772</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>39823</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="H448" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="H448" s="14" t="s">
+      <x:c r="I448" s="16" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
-        <x:v>13254</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>773</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>573503</x:v>
+        <x:v>573538</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>566</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
-        <x:v>38625</x:v>
+        <x:v>39823</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="H449" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="H449" s="0" t="s">
+      <x:c r="I449" s="4" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>573538</x:v>
+        <x:v>573503</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="H450" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="H450" s="14" t="s">
+      <x:c r="I450" s="16" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>773</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>615823</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="H451" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="H451" s="0" t="s">
+      <x:c r="I451" s="4" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>573539</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="H452" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="H452" s="14" t="s">
+      <x:c r="I452" s="16" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>773</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>573540</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="H453" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="H453" s="0" t="s">
+      <x:c r="I453" s="4" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>573504</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="H454" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="H454" s="14" t="s">
+      <x:c r="I454" s="16" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>773</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>615825</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="H455" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="H455" s="0" t="s">
+      <x:c r="I455" s="4" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>615826</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="H456" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="H456" s="14" t="s">
+      <x:c r="I456" s="16" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>773</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>573537</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="H457" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="H457" s="0" t="s">
+      <x:c r="I457" s="4" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>615824</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -29348,51 +29348,51 @@
       <x:c r="L475" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>616196</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
@@ -29514,4370 +29514,4370 @@
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>605326</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>616638</x:v>
+        <x:v>604909</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>616640</x:v>
+        <x:v>616594</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>616664</x:v>
+        <x:v>616651</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>616665</x:v>
+        <x:v>616658</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>605287</x:v>
+        <x:v>616670</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>605288</x:v>
+        <x:v>616671</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>605293</x:v>
+        <x:v>604911</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>605306</x:v>
+        <x:v>604915</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>605313</x:v>
+        <x:v>604930</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s"/>
       <x:c r="K488" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>605327</x:v>
+        <x:v>605030</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>605332</x:v>
+        <x:v>605035</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C490" s="15" t="s"/>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s"/>
       <x:c r="K490" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>616594</x:v>
+        <x:v>615460</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>616651</x:v>
+        <x:v>615468</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>616658</x:v>
+        <x:v>615471</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C493" s="3" t="s"/>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>616670</x:v>
+        <x:v>615474</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s"/>
       <x:c r="K494" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>616671</x:v>
+        <x:v>615480</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>604911</x:v>
+        <x:v>615496</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>604915</x:v>
+        <x:v>615502</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>604930</x:v>
+        <x:v>615526</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>605030</x:v>
+        <x:v>615529</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>605035</x:v>
+        <x:v>616638</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C500" s="15" t="s"/>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s"/>
       <x:c r="K500" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>807</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>615460</x:v>
+        <x:v>616640</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C501" s="3" t="s"/>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>615468</x:v>
+        <x:v>616664</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C502" s="15" t="s"/>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s"/>
       <x:c r="K502" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>615471</x:v>
+        <x:v>616665</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C503" s="3" t="s"/>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>615474</x:v>
+        <x:v>605287</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C504" s="15" t="s"/>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s"/>
       <x:c r="K504" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>615480</x:v>
+        <x:v>605288</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>806</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C505" s="3" t="s"/>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>615496</x:v>
+        <x:v>605293</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C506" s="15" t="s"/>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s"/>
       <x:c r="K506" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>615502</x:v>
+        <x:v>605306</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>806</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C507" s="3" t="s"/>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>615526</x:v>
+        <x:v>605313</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C508" s="15" t="s"/>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>809</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>615529</x:v>
+        <x:v>605327</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>806</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>604909</x:v>
+        <x:v>605332</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C510" s="15" t="s"/>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s"/>
       <x:c r="K510" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>604890</x:v>
+        <x:v>605285</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C511" s="3" t="s"/>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>604893</x:v>
+        <x:v>605320</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C512" s="15" t="s"/>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s"/>
       <x:c r="K512" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>604920</x:v>
+        <x:v>605323</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C513" s="3" t="s"/>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>605000</x:v>
+        <x:v>605325</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>605015</x:v>
+        <x:v>604878</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>605018</x:v>
+        <x:v>604884</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C516" s="15" t="s"/>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s"/>
       <x:c r="K516" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>605033</x:v>
+        <x:v>604887</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C517" s="3" t="s"/>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>605040</x:v>
+        <x:v>604918</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s"/>
       <x:c r="K518" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>605049</x:v>
+        <x:v>604924</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C519" s="3" t="s"/>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>615459</x:v>
+        <x:v>605012</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C520" s="15" t="s"/>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s"/>
       <x:c r="K520" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>615467</x:v>
+        <x:v>605027</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>806</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C521" s="3" t="s"/>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>615470</x:v>
+        <x:v>615454</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C522" s="15" t="s"/>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s"/>
       <x:c r="K522" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>615479</x:v>
+        <x:v>615473</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C523" s="3" t="s"/>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>615482</x:v>
+        <x:v>615476</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C524" s="15" t="s"/>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s"/>
       <x:c r="K524" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>615484</x:v>
+        <x:v>615498</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C525" s="3" t="s"/>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>615488</x:v>
+        <x:v>615499</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C526" s="15" t="s"/>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s"/>
       <x:c r="K526" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>615489</x:v>
+        <x:v>615505</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C527" s="3" t="s"/>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>615525</x:v>
+        <x:v>615543</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C528" s="15" t="s"/>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s"/>
       <x:c r="K528" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>615528</x:v>
+        <x:v>615544</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C529" s="3" t="s"/>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>616650</x:v>
+        <x:v>615549</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C530" s="15" t="s"/>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s"/>
       <x:c r="K530" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>616656</x:v>
+        <x:v>616592</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C531" s="3" t="s"/>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>616662</x:v>
+        <x:v>616593</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C532" s="15" t="s"/>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s"/>
       <x:c r="K532" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>605290</x:v>
+        <x:v>616595</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C533" s="3" t="s"/>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
-        <x:v>605291</x:v>
+        <x:v>616596</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C534" s="15" t="s"/>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s"/>
       <x:c r="K534" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>605295</x:v>
+        <x:v>616650</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C535" s="3" t="s"/>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>605298</x:v>
+        <x:v>616656</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C536" s="15" t="s"/>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s"/>
       <x:c r="K536" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>605308</x:v>
+        <x:v>616662</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C537" s="3" t="s"/>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>605311</x:v>
+        <x:v>605290</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C538" s="15" t="s"/>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s"/>
       <x:c r="K538" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>605321</x:v>
+        <x:v>605291</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C539" s="3" t="s"/>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>605329</x:v>
+        <x:v>605295</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C540" s="15" t="s"/>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s"/>
       <x:c r="K540" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>604878</x:v>
+        <x:v>605298</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>604884</x:v>
+        <x:v>605308</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C542" s="15" t="s"/>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s"/>
       <x:c r="K542" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>604887</x:v>
+        <x:v>605311</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C543" s="3" t="s"/>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>605285</x:v>
+        <x:v>605321</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C544" s="15" t="s"/>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s"/>
       <x:c r="K544" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>605320</x:v>
+        <x:v>605329</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C545" s="3" t="s"/>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>605323</x:v>
+        <x:v>604890</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C546" s="15" t="s"/>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s"/>
       <x:c r="K546" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>605325</x:v>
+        <x:v>604893</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C547" s="3" t="s"/>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>616592</x:v>
+        <x:v>604920</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C548" s="15" t="s"/>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s"/>
       <x:c r="K548" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>616593</x:v>
+        <x:v>605000</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>806</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C549" s="3" t="s"/>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>616595</x:v>
+        <x:v>605015</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s"/>
       <x:c r="K550" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>616596</x:v>
+        <x:v>605018</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
-        <x:v>806</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C551" s="3" t="s"/>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>604918</x:v>
+        <x:v>605033</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C552" s="15" t="s"/>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s"/>
       <x:c r="K552" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>604924</x:v>
+        <x:v>605040</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C553" s="3" t="s"/>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>605012</x:v>
+        <x:v>605049</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C554" s="15" t="s"/>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s"/>
       <x:c r="K554" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>605027</x:v>
+        <x:v>615459</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C555" s="3" t="s"/>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="G555" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>615454</x:v>
+        <x:v>615467</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C556" s="15" t="s"/>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s"/>
       <x:c r="K556" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>809</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>615473</x:v>
+        <x:v>615470</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C557" s="3" t="s"/>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>615476</x:v>
+        <x:v>615479</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C558" s="15" t="s"/>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s"/>
       <x:c r="K558" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>807</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>615498</x:v>
+        <x:v>615482</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C559" s="3" t="s"/>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>615499</x:v>
+        <x:v>615484</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C560" s="15" t="s"/>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s"/>
       <x:c r="K560" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>615505</x:v>
+        <x:v>615488</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C561" s="3" t="s"/>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>615543</x:v>
+        <x:v>615489</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C562" s="15" t="s"/>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s"/>
       <x:c r="K562" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>615544</x:v>
+        <x:v>615525</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C563" s="3" t="s"/>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>615549</x:v>
+        <x:v>615528</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C564" s="15" t="s"/>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>286</x:v>
@@ -33985,51 +33985,51 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s"/>
       <x:c r="K566" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>605317</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C567" s="3" t="s"/>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>286</x:v>
@@ -34136,51 +34136,51 @@
       <x:c r="I569" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>604912</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C570" s="15" t="s"/>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
@@ -34238,51 +34238,51 @@
       <x:c r="I571" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>605011</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C572" s="15" t="s"/>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
@@ -34291,51 +34291,51 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s"/>
       <x:c r="K572" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>605014</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C573" s="3" t="s"/>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>286</x:v>
@@ -34748,51 +34748,51 @@
       <x:c r="I581" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>616672</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C582" s="15" t="s"/>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
@@ -34850,51 +34850,51 @@
       <x:c r="I583" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>616598</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C584" s="15" t="s"/>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
@@ -35005,51 +35005,51 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s"/>
       <x:c r="K586" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>615475</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C587" s="3" t="s"/>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>286</x:v>
@@ -35413,51 +35413,51 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s"/>
       <x:c r="K594" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
         <x:v>605294</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C595" s="3" t="s"/>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="G595" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
         <x:v>286</x:v>
@@ -35923,51 +35923,51 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s"/>
       <x:c r="K604" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
         <x:v>616637</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C605" s="3" t="s"/>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="G605" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>286</x:v>
@@ -36025,51 +36025,51 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s"/>
       <x:c r="K606" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>616661</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C607" s="3" t="s"/>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="G607" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>286</x:v>
@@ -36176,51 +36176,51 @@
       <x:c r="I609" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
         <x:v>615461</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C610" s="15" t="s"/>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s"/>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
@@ -36331,51 +36331,51 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s"/>
       <x:c r="K612" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
         <x:v>615490</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C613" s="3" t="s"/>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="G613" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
         <x:v>286</x:v>
@@ -36637,100 +36637,100 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s"/>
       <x:c r="K618" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>615550</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C619" s="3" t="s"/>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>615501</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C620" s="15" t="s"/>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
@@ -36788,51 +36788,51 @@
       <x:c r="I621" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>604886</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C622" s="15" t="s"/>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
@@ -36890,51 +36890,51 @@
       <x:c r="I623" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>604916</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C624" s="15" t="s"/>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
@@ -37351,51 +37351,51 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s"/>
       <x:c r="K632" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
         <x:v>615495</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C633" s="3" t="s"/>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="G633" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
         <x:v>286</x:v>
@@ -37453,100 +37453,100 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s"/>
       <x:c r="K634" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
         <x:v>615531</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C635" s="3" t="s"/>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
         <x:v>615534</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C636" s="15" t="s"/>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s"/>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
@@ -37706,51 +37706,51 @@
       <x:c r="I639" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
         <x:v>605006</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C640" s="15" t="s"/>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
@@ -38167,51 +38167,51 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s"/>
       <x:c r="K648" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
         <x:v>615457</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C649" s="3" t="s"/>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
         <x:v>286</x:v>
@@ -38269,100 +38269,100 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s"/>
       <x:c r="K650" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>615462</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C651" s="3" t="s"/>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="G651" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>615463</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C652" s="15" t="s"/>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s"/>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
@@ -38522,51 +38522,51 @@
       <x:c r="I655" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>615478</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C656" s="15" t="s"/>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s"/>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
@@ -38779,100 +38779,100 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s"/>
       <x:c r="K660" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>604881</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C661" s="3" t="s"/>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="G661" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
         <x:v>604885</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C662" s="15" t="s"/>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s"/>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
@@ -39440,51 +39440,51 @@
       <x:c r="I673" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>616636</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C674" s="15" t="s"/>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
@@ -39901,51 +39901,51 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J682" s="14" t="s"/>
       <x:c r="K682" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
         <x:v>605314</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C683" s="3" t="s"/>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>286</x:v>
@@ -40476,51 +40476,51 @@
       </x:c>
       <x:c r="P692" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
         <x:v>592210</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="G693" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H693" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L693" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M693" s="0" t="s">
         <x:v>27</x:v>
@@ -40938,473 +40938,473 @@
       <x:c r="J700" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K700" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L700" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M700" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N700" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O700" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P700" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="S700" s="14" t="n">
+        <x:v>548108</x:v>
+      </x:c>
+      <x:c r="T700" s="16" t="s">
         <x:v>836</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
         <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C701" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="G701" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H701" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
-        <x:v>575502</x:v>
+        <x:v>544553</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s"/>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I702" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K702" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
-        <x:v>544553</x:v>
+        <x:v>612164</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
-        <x:v>841</x:v>
+        <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="G703" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H703" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J703" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
-        <x:v>612164</x:v>
+        <x:v>575501</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
-        <x:v>845</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I704" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J704" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K704" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
-        <x:v>548108</x:v>
+        <x:v>604500</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
-        <x:v>846</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C705" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="G705" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H705" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
-        <x:v>575501</x:v>
+        <x:v>572836</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
         <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C706" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s"/>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I706" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J706" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K706" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L706" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M706" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N706" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O706" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
-        <x:v>604500</x:v>
+        <x:v>524896</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
         <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C707" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="G707" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H707" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J707" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L707" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
-        <x:v>572836</x:v>
+        <x:v>575502</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
         <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C708" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s"/>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I708" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J708" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K708" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L708" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -41468,158 +41468,158 @@
       <x:c r="M709" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
         <x:v>548110</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s"/>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I710" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J710" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K710" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L710" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
         <x:v>548119</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
-        <x:v>837</x:v>
+        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="G711" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H711" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
         <x:v>600574</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="C712" s="15" t="s"/>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
@@ -41630,51 +41630,51 @@
         <x:v>860</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s"/>
       <x:c r="K712" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>534020</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
@@ -41763,91 +41763,91 @@
       </x:c>
       <x:c r="P714" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
         <x:v>524891</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="G715" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H715" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J715" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
         <x:v>513265</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C716" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s"/>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
@@ -41936,226 +41936,226 @@
       </x:c>
       <x:c r="P717" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
         <x:v>604502</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
         <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
-        <x:v>845</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C718" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s"/>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I718" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J718" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K718" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L718" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M718" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N718" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O718" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P718" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
-        <x:v>548107</x:v>
+        <x:v>524887</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="U718" s="16" t="s">
         <x:v>867</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="G719" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H719" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
-        <x:v>548109</x:v>
+        <x:v>548107</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="U719" s="4" t="s">
         <x:v>869</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
-        <x:v>845</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C720" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s"/>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I720" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J720" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K720" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
-        <x:v>524887</x:v>
+        <x:v>548109</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
-        <x:v>870</x:v>
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C721" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="G721" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H721" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
         <x:v>27</x:v>
@@ -42168,51 +42168,51 @@
       </x:c>
       <x:c r="P721" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
         <x:v>524894</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C722" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s"/>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I722" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J722" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K722" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L722" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -42227,51 +42227,51 @@
       </x:c>
       <x:c r="P722" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q722" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R722" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
         <x:v>524895</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
         <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C723" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="G723" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H723" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J723" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>27</x:v>
@@ -42326,125 +42326,125 @@
       <x:c r="J724" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K724" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L724" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M724" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N724" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O724" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P724" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q724" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R724" s="14" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S724" s="14" t="n">
         <x:v>604503</x:v>
       </x:c>
       <x:c r="T724" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U724" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:21">
       <x:c r="A725" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C725" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D725" s="3" t="s"/>
       <x:c r="G725" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H725" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I725" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J725" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L725" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M725" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N725" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O725" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P725" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q725" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R725" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S725" s="0" t="n">
         <x:v>575420</x:v>
       </x:c>
       <x:c r="T725" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="U725" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:21">
       <x:c r="A726" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B726" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C726" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D726" s="15" t="s"/>
       <x:c r="E726" s="14" t="s"/>
       <x:c r="F726" s="14" t="s"/>
       <x:c r="G726" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H726" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I726" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J726" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K726" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L726" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -42581,283 +42581,283 @@
       </x:c>
       <x:c r="P728" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q728" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R728" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S728" s="14" t="n">
         <x:v>524792</x:v>
       </x:c>
       <x:c r="T728" s="16" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="U728" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:21">
       <x:c r="A729" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C729" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D729" s="3" t="s"/>
       <x:c r="G729" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H729" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I729" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J729" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K729" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L729" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M729" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N729" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O729" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P729" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q729" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R729" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S729" s="0" t="n">
         <x:v>513053</x:v>
       </x:c>
       <x:c r="T729" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="U729" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:21">
       <x:c r="A730" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B730" s="14" t="s">
-        <x:v>845</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C730" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D730" s="15" t="s"/>
       <x:c r="E730" s="14" t="s"/>
       <x:c r="F730" s="14" t="s"/>
       <x:c r="G730" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H730" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I730" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J730" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K730" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L730" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M730" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N730" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O730" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P730" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q730" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R730" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S730" s="14" t="n">
         <x:v>547968</x:v>
       </x:c>
       <x:c r="T730" s="16" t="s">
-        <x:v>846</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="U730" s="16" t="s">
-        <x:v>847</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:21">
       <x:c r="A731" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C731" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D731" s="3" t="s"/>
       <x:c r="G731" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H731" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I731" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J731" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K731" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L731" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M731" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N731" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O731" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P731" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q731" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R731" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S731" s="0" t="n">
         <x:v>547967</x:v>
       </x:c>
       <x:c r="T731" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="U731" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:21">
       <x:c r="A732" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B732" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C732" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D732" s="15" t="s"/>
       <x:c r="E732" s="14" t="s"/>
       <x:c r="F732" s="14" t="s"/>
       <x:c r="G732" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H732" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I732" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J732" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K732" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L732" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M732" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N732" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O732" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P732" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q732" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R732" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S732" s="14" t="n">
         <x:v>547979</x:v>
       </x:c>
       <x:c r="T732" s="16" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="U732" s="16" t="s">
-        <x:v>837</x:v>
+        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:21">
       <x:c r="A733" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C733" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D733" s="3" t="s"/>
       <x:c r="G733" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H733" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I733" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J733" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K733" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L733" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M733" s="0" t="s">
         <x:v>27</x:v>
@@ -42870,209 +42870,209 @@
       </x:c>
       <x:c r="P733" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q733" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R733" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S733" s="0" t="n">
         <x:v>547980</x:v>
       </x:c>
       <x:c r="T733" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
         <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C734" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D734" s="15" t="s"/>
       <x:c r="E734" s="14" t="s"/>
       <x:c r="F734" s="14" t="s"/>
       <x:c r="G734" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H734" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I734" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J734" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K734" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L734" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M734" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N734" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O734" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P734" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q734" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R734" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S734" s="14" t="n">
         <x:v>572822</x:v>
       </x:c>
       <x:c r="T734" s="16" t="s">
-        <x:v>851</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="U734" s="16" t="s">
-        <x:v>852</x:v>
+        <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:21">
       <x:c r="A735" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C735" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D735" s="3" t="s"/>
       <x:c r="G735" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H735" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I735" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J735" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K735" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L735" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M735" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N735" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O735" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P735" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q735" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R735" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S735" s="0" t="n">
         <x:v>575419</x:v>
       </x:c>
       <x:c r="T735" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="U735" s="4" t="s">
-        <x:v>849</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:21">
       <x:c r="A736" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B736" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C736" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D736" s="15" t="s"/>
       <x:c r="E736" s="14" t="s"/>
       <x:c r="F736" s="14" t="s"/>
       <x:c r="G736" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H736" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I736" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J736" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K736" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L736" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M736" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N736" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O736" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P736" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q736" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R736" s="14" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S736" s="14" t="n">
         <x:v>612097</x:v>
       </x:c>
       <x:c r="T736" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="U736" s="16" t="s">
         <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:21">
       <x:c r="A737" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C737" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D737" s="3" t="s"/>
       <x:c r="G737" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
@@ -43144,51 +43144,51 @@
       <x:c r="J738" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K738" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L738" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M738" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N738" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O738" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P738" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q738" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R738" s="14" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S738" s="14" t="n">
         <x:v>604441</x:v>
       </x:c>
       <x:c r="T738" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="U738" s="16" t="s">
         <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:21">
       <x:c r="A739" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C739" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D739" s="3" t="s"/>
       <x:c r="G739" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
@@ -43201,57 +43201,57 @@
       <x:c r="J739" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K739" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L739" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M739" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N739" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O739" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P739" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q739" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R739" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S739" s="0" t="n">
         <x:v>604442</x:v>
       </x:c>
       <x:c r="T739" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U739" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:21">
       <x:c r="A740" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B740" s="14" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="C740" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D740" s="15" t="s"/>
       <x:c r="E740" s="14" t="s"/>
       <x:c r="F740" s="14" t="s"/>
       <x:c r="G740" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H740" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I740" s="16" t="s">
@@ -43326,51 +43326,51 @@
       <x:c r="M741" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N741" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O741" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P741" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q741" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R741" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S741" s="0" t="n">
         <x:v>604438</x:v>
       </x:c>
       <x:c r="T741" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U741" s="4" t="s">
-        <x:v>850</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:21">
       <x:c r="A742" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B742" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C742" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D742" s="15" t="s"/>
       <x:c r="E742" s="14" t="s"/>
       <x:c r="F742" s="14" t="s"/>
       <x:c r="G742" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H742" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I742" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J742" s="14" t="s">
@@ -43439,62 +43439,62 @@
       <x:c r="L743" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M743" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N743" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O743" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P743" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q743" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R743" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S743" s="0" t="n">
         <x:v>547969</x:v>
       </x:c>
       <x:c r="T743" s="4" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="U743" s="4" t="s">
         <x:v>869</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:21">
       <x:c r="A744" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B744" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C744" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D744" s="15" t="s"/>
       <x:c r="E744" s="14" t="s"/>
       <x:c r="F744" s="14" t="s"/>
       <x:c r="G744" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H744" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I744" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J744" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K744" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L744" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -43552,289 +43552,289 @@
       <x:c r="K745" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L745" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M745" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N745" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O745" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P745" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
-        <x:v>524796</x:v>
+        <x:v>524789</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
-        <x:v>871</x:v>
+        <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
-        <x:v>853</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C746" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D746" s="15" t="s"/>
       <x:c r="E746" s="14" t="s"/>
       <x:c r="F746" s="14" t="s"/>
       <x:c r="G746" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H746" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I746" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J746" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K746" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L746" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M746" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N746" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O746" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P746" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q746" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R746" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S746" s="14" t="n">
-        <x:v>547970</x:v>
+        <x:v>524798</x:v>
       </x:c>
       <x:c r="T746" s="16" t="s">
-        <x:v>806</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U746" s="16" t="s">
-        <x:v>847</x:v>
+        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:21">
       <x:c r="A747" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C747" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D747" s="3" t="s"/>
       <x:c r="G747" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H747" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I747" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J747" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K747" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L747" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M747" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N747" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O747" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P747" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q747" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R747" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S747" s="0" t="n">
-        <x:v>524789</x:v>
+        <x:v>544538</x:v>
       </x:c>
       <x:c r="T747" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="U747" s="4" t="s">
-        <x:v>870</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:21">
       <x:c r="A748" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B748" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C748" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D748" s="15" t="s"/>
       <x:c r="E748" s="14" t="s"/>
       <x:c r="F748" s="14" t="s"/>
       <x:c r="G748" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H748" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I748" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J748" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K748" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L748" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M748" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N748" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O748" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P748" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q748" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R748" s="14" t="s">
-        <x:v>836</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S748" s="14" t="n">
-        <x:v>524798</x:v>
+        <x:v>524796</x:v>
       </x:c>
       <x:c r="T748" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U748" s="16" t="s">
-        <x:v>837</x:v>
+        <x:v>871</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:21">
       <x:c r="A749" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C749" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D749" s="3" t="s"/>
       <x:c r="G749" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H749" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I749" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J749" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K749" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L749" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M749" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N749" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O749" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P749" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q749" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R749" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S749" s="0" t="n">
-        <x:v>544538</x:v>
+        <x:v>547970</x:v>
       </x:c>
       <x:c r="T749" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="U749" s="4" t="s">
-        <x:v>841</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:21">
       <x:c r="A750" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B750" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="C750" s="15" t="s"/>
       <x:c r="D750" s="15" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E750" s="14" t="s"/>
       <x:c r="F750" s="14" t="s"/>
       <x:c r="G750" s="14" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="H750" s="14" t="s"/>
       <x:c r="I750" s="16" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="J750" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -43898,51 +43898,51 @@
       <x:c r="J751" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L751" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M751" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N751" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O751" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P751" s="0" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="Q751" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R751" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S751" s="0" t="n">
         <x:v>609461</x:v>
       </x:c>
       <x:c r="T751" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U751" s="4" t="s">
         <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:21">
       <x:c r="A752" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B752" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C752" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D752" s="15" t="s"/>
       <x:c r="E752" s="14" t="s"/>
       <x:c r="F752" s="14" t="s"/>
       <x:c r="G752" s="14" t="s">
@@ -44007,265 +44007,265 @@
       <x:c r="I753" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K753" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L753" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M753" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N753" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O753" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P753" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q753" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R753" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S753" s="0" t="n">
         <x:v>533536</x:v>
       </x:c>
       <x:c r="T753" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U753" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:21">
       <x:c r="A754" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B754" s="14" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="C754" s="15" t="s"/>
       <x:c r="D754" s="15" t="s"/>
       <x:c r="E754" s="14" t="s"/>
       <x:c r="F754" s="14" t="s"/>
       <x:c r="G754" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="H754" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I754" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="J754" s="14" t="s"/>
       <x:c r="K754" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L754" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M754" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N754" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O754" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P754" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q754" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R754" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S754" s="14" t="n">
-        <x:v>534254</x:v>
+        <x:v>534253</x:v>
       </x:c>
       <x:c r="T754" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U754" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:21">
       <x:c r="A755" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C755" s="3" t="s"/>
       <x:c r="D755" s="3" t="s"/>
       <x:c r="G755" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="H755" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I755" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K755" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L755" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M755" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N755" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O755" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P755" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q755" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R755" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S755" s="0" t="n">
-        <x:v>534253</x:v>
+        <x:v>533116</x:v>
       </x:c>
       <x:c r="T755" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U755" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:21">
       <x:c r="A756" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B756" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C756" s="15" t="s"/>
       <x:c r="D756" s="15" t="s"/>
       <x:c r="E756" s="14" t="s"/>
       <x:c r="F756" s="14" t="s"/>
       <x:c r="G756" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="H756" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I756" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="J756" s="14" t="s"/>
       <x:c r="K756" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L756" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M756" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N756" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O756" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P756" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q756" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R756" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S756" s="14" t="n">
-        <x:v>533116</x:v>
+        <x:v>534254</x:v>
       </x:c>
       <x:c r="T756" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U756" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:21">
       <x:c r="A757" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C757" s="3" t="s"/>
       <x:c r="D757" s="3" t="s"/>
       <x:c r="G757" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="H757" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I757" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L757" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M757" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N757" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O757" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P757" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q757" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R757" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S757" s="0" t="n">
         <x:v>534256</x:v>
       </x:c>
       <x:c r="T757" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U757" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:21">
       <x:c r="A758" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B758" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C758" s="15" t="s"/>
       <x:c r="D758" s="15" t="s"/>
       <x:c r="E758" s="14" t="s"/>
       <x:c r="F758" s="14" t="s"/>
       <x:c r="G758" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
@@ -44276,51 +44276,51 @@
         <x:v>860</x:v>
       </x:c>
       <x:c r="J758" s="14" t="s"/>
       <x:c r="K758" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L758" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M758" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N758" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O758" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P758" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q758" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R758" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S758" s="14" t="n">
         <x:v>534255</x:v>
       </x:c>
       <x:c r="T758" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U758" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:21">
       <x:c r="A759" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="C759" s="3" t="s"/>
       <x:c r="D759" s="3" t="s"/>
       <x:c r="G759" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="H759" s="0" t="s">
         <x:v>859</x:v>
@@ -44328,51 +44328,51 @@
       <x:c r="I759" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K759" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L759" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M759" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N759" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O759" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P759" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q759" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R759" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S759" s="0" t="n">
         <x:v>534099</x:v>
       </x:c>
       <x:c r="T759" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U759" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:21">
       <x:c r="A760" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B760" s="14" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="C760" s="15" t="s"/>
       <x:c r="D760" s="15" t="s"/>
       <x:c r="E760" s="14" t="s"/>
       <x:c r="F760" s="14" t="s"/>
       <x:c r="G760" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
@@ -44383,51 +44383,51 @@
         <x:v>860</x:v>
       </x:c>
       <x:c r="J760" s="14" t="s"/>
       <x:c r="K760" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L760" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M760" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N760" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O760" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P760" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q760" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R760" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S760" s="14" t="n">
         <x:v>534100</x:v>
       </x:c>
       <x:c r="T760" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U760" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:21">
       <x:c r="A761" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C761" s="3" t="s"/>
       <x:c r="D761" s="3" t="s"/>
       <x:c r="G761" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="H761" s="0" t="s">
         <x:v>859</x:v>
@@ -44435,51 +44435,51 @@
       <x:c r="I761" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K761" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L761" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M761" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N761" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O761" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P761" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q761" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R761" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S761" s="0" t="n">
         <x:v>534103</x:v>
       </x:c>
       <x:c r="T761" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U761" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:21">
       <x:c r="A762" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B762" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C762" s="15" t="s"/>
       <x:c r="D762" s="15" t="s"/>
       <x:c r="E762" s="14" t="s"/>
       <x:c r="F762" s="14" t="s"/>
       <x:c r="G762" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
@@ -44490,51 +44490,51 @@
         <x:v>860</x:v>
       </x:c>
       <x:c r="J762" s="14" t="s"/>
       <x:c r="K762" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L762" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M762" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N762" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O762" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P762" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q762" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R762" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S762" s="14" t="n">
         <x:v>534104</x:v>
       </x:c>
       <x:c r="T762" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U762" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:21">
       <x:c r="A763" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C763" s="3" t="s"/>
       <x:c r="D763" s="3" t="s"/>
       <x:c r="G763" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="H763" s="0" t="s">
         <x:v>859</x:v>
@@ -44542,51 +44542,51 @@
       <x:c r="I763" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K763" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L763" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M763" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N763" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O763" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P763" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q763" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R763" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S763" s="0" t="n">
         <x:v>533106</x:v>
       </x:c>
       <x:c r="T763" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U763" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:21">
       <x:c r="A764" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B764" s="14" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="C764" s="15" t="s"/>
       <x:c r="D764" s="15" t="s"/>
       <x:c r="E764" s="14" t="s"/>
       <x:c r="F764" s="14" t="s"/>
       <x:c r="G764" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
@@ -44597,51 +44597,51 @@
         <x:v>860</x:v>
       </x:c>
       <x:c r="J764" s="14" t="s"/>
       <x:c r="K764" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L764" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M764" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N764" s="15" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O764" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="P764" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q764" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R764" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S764" s="14" t="n">
         <x:v>534019</x:v>
       </x:c>
       <x:c r="T764" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U764" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:21">
       <x:c r="A765" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C765" s="3" t="s"/>
       <x:c r="D765" s="3" t="s"/>
       <x:c r="G765" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="H765" s="0" t="s">
         <x:v>859</x:v>
@@ -44649,51 +44649,51 @@
       <x:c r="I765" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K765" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L765" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M765" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N765" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O765" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P765" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q765" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R765" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S765" s="0" t="n">
         <x:v>533525</x:v>
       </x:c>
       <x:c r="T765" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U765" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>