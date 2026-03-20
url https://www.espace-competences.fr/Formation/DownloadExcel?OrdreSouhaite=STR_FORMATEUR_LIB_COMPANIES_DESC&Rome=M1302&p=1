--- v1 (2026-03-20)
+++ v2 (2026-03-20)
@@ -488,65 +488,65 @@
   <x:si>
     <x:t>master mention sciences et techniques des activités physiques et sportives : management du sport</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion sport</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 4</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
-    <x:t>06103</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>master mention économie des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Connaissance entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
@@ -662,56 +662,56 @@
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel responsable de petite ou moyenne structure + spécialisation structure hôtelière</x:t>
   </x:si>
   <x:si>
     <x:t>Tkl Forma</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>LA CROIX-VALMER</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel responsable de petite ou moyenne structure + spécialisation Responsable de strucutre de restauration</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel responsable de petite ou moyenne structure + spécialisation responsable de structure de métiers de bouche</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel responsable de petite ou moyenne structure + spécialisation Responsable de strucutre de restauration</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel responsable de petite ou moyenne structure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>Skillence</x:t>
   </x:si>
   <x:si>
     <x:t>75012</x:t>
@@ -896,119 +896,119 @@
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Proxima Centauri Company</x:t>
   </x:si>
   <x:si>
     <x:t>83136</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>03/05/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/18/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/06/2028 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/04/2030 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2030 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/04/2030 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Professionnel Le Rocher</x:t>
   </x:si>
   <x:si>
     <x:t>Création d'entreprise - Démarrer : lancer le test de son projet d'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Création d'Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>PCE</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Création d'entreprise - Auto-entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Pierre-Henri Sciortino - Ph Formation</x:t>
   </x:si>
   <x:si>
     <x:t>PHF</x:t>
@@ -2075,83 +2075,83 @@
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Programme d'études avancées en management durable spécificité marketing brand management and communication (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Programme d'études avancées en management durable spécificité innovation, transformation et entrepreneuriat (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Directeur d'établissement sanitaire, social ou médico-social (MS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion structure service à la personne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme d'études avancées en management durable spécificité marketing digital and sales (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/05/2026 00:00:00</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge programme grande école spécialisation audit expert (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>KEDGE BS</x:t>
   </x:si>
   <x:si>
     <x:t>programme d'études avancées en management durable</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School programme grande école</x:t>
   </x:si>
   <x:si>
     <x:t>MSc International Business (KEDGE)</x:t>
   </x:si>
   <x:si>
     <x:t>Piloter l'activité de son service : tableaux de bord et indicateurs de performance</x:t>
   </x:si>
   <x:si>
     <x:t>Karim Bouna - Forma Supply</x:t>
@@ -2441,56 +2441,56 @@
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Académie du Tourisme Neo Sphere</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en stratégie d'entreprise (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chargé de gestion et management</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de gestion et management (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maîtriser la création d'une entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Hsce</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Métiers de l'esthétique, de la cosmétique et de la parfumerie - Option A Management</x:t>
@@ -2531,59 +2531,59 @@
   <x:si>
     <x:t>Gestion immobilière</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Ecole Supérieure des Professions Immobilières - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de gestion et management spécialisation en structure animalière (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS métiers de l'esthétique, de la cosmétique et de la parfumerie option A management (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS métiers de l'esthétique, de la cosmétique et de la parfumerie option A management (Contrat de Professionnalisation)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle Métiers de l'entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>Création et reprise d'entreprise - coaching sportif</x:t>
   </x:si>
   <x:si>
     <x:t>Golden Team Trainer</x:t>
@@ -2603,65 +2603,65 @@
   <x:si>
     <x:t>06/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>French Tech Grande Provence</x:t>
   </x:si>
   <x:si>
     <x:t>FTGP</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 13</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>08/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel responsable de petite et moyenne structure (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
@@ -2912,59 +2912,59 @@
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/05/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>Accessibilité : bien accueillir les personnes en situation de handicap</x:t>
   </x:si>
   <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination travail</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Reprise d'entreprise - Les compétences du repreneur d'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Cra Formation Sud Est</x:t>
   </x:si>
   <x:si>
     <x:t>69009</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi</x:t>
@@ -3005,62 +3005,62 @@
   <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Convergence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d’établissements médicaux et médico-sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion financière hôpital</x:t>
   </x:si>
   <x:si>
+    <x:t>05/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers de l'entrepreneuriat parcours manager et développer une TPE-PME (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/19/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée La Nativité</x:t>
   </x:si>
   <x:si>
     <x:t>13097</x:t>
   </x:si>
   <x:si>
     <x:t>Collège La Nativité</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 02</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager d'affaires (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
@@ -3215,56 +3215,56 @@
   <x:si>
     <x:t>06230</x:t>
   </x:si>
   <x:si>
     <x:t>VILLEFRANCHE SUR MER</x:t>
   </x:si>
   <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional de la Métropôle Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CARROS</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de gestion et management (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
+    <x:t>10/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/29/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>EM Normandie Programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des entreprises et des organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
@@ -3398,107 +3398,107 @@
   <x:si>
     <x:t>ADEFC</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement vers emploi</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association Ecole de Coiffure Marseille Provence Arcole - CFA Coiffure MP Arcole</x:t>
   </x:si>
   <x:si>
+    <x:t>Dirigeant d'entreprise de sécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asp Bodyguard</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable d'entreprise de sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Asp Bodyguard</x:t>
-[...2 lines deleted...]
-    <x:t>Dirigeant d'entreprise de sécurité (Apprentissage)</x:t>
+    <x:t>Dirigeant d'entreprise de sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'entreprise de sécurité</x:t>
   </x:si>
   <x:si>
-    <x:t>Dirigeant d'entreprise de sécurité</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Artaccompagnement</x:t>
   </x:si>
   <x:si>
     <x:t>13760</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Commerçant , Demandeur d'emploi , Particulier, individuel , Profession libérale</x:t>
   </x:si>
   <x:si>
     <x:t>Manager expert qualité et performance des organisations d'économie sociale et solidaire (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Arobase Formations Provence</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager expert qualité et performance des organisations d'économie sociale et solidaire BC1 Encadrer le Diagnostic qualité et stratégique d'une Organisation d'Economie Sociale et Solidaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Direction établissement médico-social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable d'entreprise d'économie sociale et solidaire</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager expert qualité et performance des organisations d'économie sociale et solidaire BC1 Encadrer le Diagnostic qualité et stratégique d'une Organisation d'Economie Sociale et Solidaire</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Formation des membres du CSE-CSSCT</x:t>
   </x:si>
   <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
     <x:t>Économie membre comité social économique</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Exxecc</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>AEFE</x:t>
   </x:si>
   <x:si>
     <x:t>Aleo Innovation</x:t>
@@ -3563,57 +3563,57 @@
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et administration des entreprises parcours management général</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention entrepreneuriat et management de projets Parcours Entrepreneuriat et innovation</x:t>
   </x:si>
   <x:si>
     <x:t>Microéconomie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'entrepreneuriat parcours création et reprise d’entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention économie de l'entreprise et des marchés parcours évaluation et conseil en action sociale et développement économique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie de l'entreprise et des marchés parcours management de la transition énergétique et environnementale</x:t>
+  </x:si>
+  <x:si>
     <x:t>DU devenir étudiant entrepreneur - L’accélération du projet entrepreneurial</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Master mention économie de l'entreprise et des marchés parcours management de la transition énergétique et environnementale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie de l'entreprise et des marchés parcours création d'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion de production, logistique, achats parcours management de la chaîne logistique</x:t>
   </x:si>
   <x:si>
     <x:t>DU devenir étudiant entrepreneur - Les fondamentaux de l'entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie de l'entreprise et des marchés parcours management de la qualité, de la performance et du risque</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion de production, logistique, achats parcours distribution et achats</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion de production, logistique, achats parcours recherche, études et conseil en sciences de gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management sectoriel parcours pilotage des chaînes de transport multimodales</x:t>
   </x:si>
   <x:si>
     <x:t>Management transversal</x:t>
   </x:si>
@@ -6388,221 +6388,215 @@
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>603412</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>35377</x:v>
+        <x:v>35916</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
-      <x:c r="E41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>94</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>510590</x:v>
+        <x:v>595462</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>35354</x:v>
+        <x:v>35377</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>554894</x:v>
+        <x:v>554814</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>35377</x:v>
+        <x:v>35354</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>554814</x:v>
+        <x:v>554817</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>93</x:v>
@@ -6619,225 +6613,229 @@
       <x:c r="K44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>554817</x:v>
+        <x:v>554893</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>35354</x:v>
+        <x:v>35377</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>554893</x:v>
+        <x:v>510590</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>110</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>35916</x:v>
+        <x:v>35354</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s"/>
+      <x:c r="E46" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>136</x:v>
-[...1 lines deleted...]
-      <x:c r="H46" s="14" t="s"/>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
+        <x:v>94</x:v>
+      </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>595462</x:v>
+        <x:v>554894</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>603436</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7156,159 +7154,159 @@
       <x:c r="J53" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>554895</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>596764</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>596722</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
@@ -7328,51 +7326,51 @@
       <x:c r="J56" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>603434</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7455,54 +7453,54 @@
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>510684</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -7539,129 +7537,129 @@
       <x:c r="T59" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38296</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>597443</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38700</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>592007</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
@@ -7769,78 +7767,78 @@
       <x:c r="T63" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>596761</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -8774,51 +8772,51 @@
       <x:c r="K81" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>587318</x:v>
+        <x:v>587319</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
@@ -8831,51 +8829,51 @@
       <x:c r="K82" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>587319</x:v>
+        <x:v>587318</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -8891,51 +8889,51 @@
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>498181</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
@@ -9749,114 +9747,114 @@
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>554426</x:v>
+        <x:v>609234</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>609234</x:v>
+        <x:v>554426</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
@@ -11598,51 +11596,51 @@
       <x:c r="K131" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>530475</x:v>
+        <x:v>574128</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>273</x:v>
@@ -11753,51 +11751,51 @@
       <x:c r="K134" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>574128</x:v>
+        <x:v>530475</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>274</x:v>
@@ -12161,100 +12159,100 @@
       <x:c r="K142" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>530470</x:v>
+        <x:v>574193</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>574193</x:v>
+        <x:v>530470</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>298</x:v>
@@ -12644,54 +12642,54 @@
       <x:c r="I151" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>528741</x:v>
+        <x:v>528742</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -12699,54 +12697,54 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>528742</x:v>
+        <x:v>528741</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>307</x:v>
@@ -12974,51 +12972,51 @@
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>498842</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -13201,51 +13199,51 @@
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>544981</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -13258,51 +13256,51 @@
       <x:c r="L162" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>544982</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -13315,51 +13313,51 @@
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>498838</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
@@ -13442,154 +13440,154 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>598921</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>34059</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>498109</x:v>
+        <x:v>612674</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>34059</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>612674</x:v>
+        <x:v>498109</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="G168" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>324</x:v>
@@ -14453,51 +14451,51 @@
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>496988</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
@@ -15231,145 +15229,145 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>595632</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>595964</x:v>
+        <x:v>595633</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>595633</x:v>
+        <x:v>595964</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
@@ -21741,51 +21739,51 @@
       <x:c r="L323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>555003</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>35585</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
@@ -22700,709 +22698,708 @@
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>610255</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>36419</x:v>
+        <x:v>37614</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>42082</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>525432</x:v>
+        <x:v>570687</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>643</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
-        <x:v>36419</x:v>
+        <x:v>36324</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>32024</x:v>
+        <x:v>32120</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>589588</x:v>
+        <x:v>525437</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>589591</x:v>
+        <x:v>525432</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>654</x:v>
-[...1 lines deleted...]
-      <x:c r="C344" s="15" t="s"/>
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="C344" s="15" t="n">
+        <x:v>36419</x:v>
+      </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>13096</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>655</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>610254</x:v>
+        <x:v>589588</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>657</x:v>
+        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>654</x:v>
-[...1 lines deleted...]
-      <x:c r="C345" s="3" t="s"/>
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="C345" s="3" t="n">
+        <x:v>36419</x:v>
+      </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>529438</x:v>
+        <x:v>589591</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
-        <x:v>36419</x:v>
+        <x:v>37548</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>553079</x:v>
+        <x:v>558997</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>669</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
-        <x:v>37548</x:v>
+        <x:v>38841</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
-      <x:c r="E347" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>32120</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>558997</x:v>
+        <x:v>598325</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>649</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="J348" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>32120</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>598325</x:v>
+        <x:v>598328</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>671</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>598328</x:v>
+        <x:v>598329</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>658</x:v>
-[...1 lines deleted...]
-      <x:c r="C350" s="15" t="s"/>
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="C350" s="15" t="n">
+        <x:v>36419</x:v>
+      </x:c>
       <x:c r="D350" s="15" t="s"/>
-      <x:c r="E350" s="14" t="s"/>
+      <x:c r="E350" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>354</x:v>
-[...1 lines deleted...]
-      <x:c r="J350" s="14" t="s"/>
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="J350" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K350" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>32047</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>598329</x:v>
+        <x:v>553079</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>673</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>646</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>32120</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>525437</x:v>
+        <x:v>529438</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>675</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>42082</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>676</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>570687</x:v>
+        <x:v>610254</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>677</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>37548</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>30</x:v>
@@ -23474,211 +23471,210 @@
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>558999</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>37614</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>42082</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>622002</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>643</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
-      <x:c r="E356" s="14" t="s"/>
+      <x:c r="E356" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>477935</x:v>
+        <x:v>553081</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
-      <x:c r="E357" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>553081</x:v>
+        <x:v>477935</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -24688,51 +24684,51 @@
       <x:c r="L376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>497289</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>40179</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>705</x:v>
       </x:c>
@@ -26053,51 +26049,51 @@
       <x:c r="J400" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>566905</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -26110,51 +26106,51 @@
       <x:c r="J401" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>601332</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -26169,51 +26165,51 @@
       <x:c r="J402" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>601331</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -26226,51 +26222,51 @@
       <x:c r="J403" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>566900</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
@@ -26919,51 +26915,51 @@
       <x:c r="L415" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>590143</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>37069</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
@@ -26986,273 +26982,273 @@
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>553436</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
-      <x:c r="E417" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>553372</x:v>
+        <x:v>611285</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>38575</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>13175</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>553461</x:v>
+        <x:v>553372</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>34734</x:v>
+        <x:v>38575</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
+      <x:c r="E419" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13175</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>572389</x:v>
+        <x:v>553461</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>35280</x:v>
+        <x:v>34734</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>611285</x:v>
+        <x:v>572389</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>769</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>37069</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -28237,51 +28233,51 @@
       <x:c r="L438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>495334</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
@@ -28585,51 +28581,51 @@
       <x:c r="L444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>499360</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
@@ -28642,276 +28638,276 @@
       <x:c r="L445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>499366</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>629</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>34734</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>616215</x:v>
+        <x:v>564526</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="U446" s="16" t="s">
         <x:v>820</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>495626</x:v>
+        <x:v>616212</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>34734</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>564526</x:v>
+        <x:v>616215</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>822</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>616212</x:v>
+        <x:v>495626</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
@@ -28923,51 +28919,51 @@
       <x:c r="L450" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>499363</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
@@ -29096,51 +29092,51 @@
       <x:c r="L453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>499324</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
@@ -29155,51 +29151,51 @@
       <x:c r="L454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>499328</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
@@ -29223,51 +29219,51 @@
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>603676</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>30</x:v>
@@ -29549,114 +29545,114 @@
       <x:c r="K461" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>587944</x:v>
+        <x:v>564403</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>564403</x:v>
+        <x:v>587944</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -30162,219 +30158,219 @@
       <x:c r="K472" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>613327</x:v>
+        <x:v>613318</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>613328</x:v>
+        <x:v>613333</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>613318</x:v>
+        <x:v>613327</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>846</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>613333</x:v>
+        <x:v>613328</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
@@ -30666,51 +30662,51 @@
       <x:c r="M481" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>584370</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -30723,51 +30719,51 @@
       <x:c r="M482" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>613321</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
@@ -30777,51 +30773,51 @@
       <x:c r="M483" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>584368</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
@@ -30833,51 +30829,51 @@
       <x:c r="L484" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>605540</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>847</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -30947,51 +30943,51 @@
       <x:c r="M486" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>613319</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
@@ -31109,51 +31105,51 @@
       <x:c r="L489" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>613335</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>863</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
@@ -31795,51 +31791,51 @@
       <x:c r="M501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>548735</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>820</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
@@ -31911,51 +31907,51 @@
       <x:c r="M503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>548733</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>820</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
@@ -32021,57 +32017,57 @@
       <x:c r="K505" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>546067</x:v>
+        <x:v>497626</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
@@ -32080,57 +32076,57 @@
       <x:c r="K506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>497626</x:v>
+        <x:v>546067</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -32927,110 +32923,110 @@
       <x:c r="K521" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>525446</x:v>
+        <x:v>525450</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>889</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="C522" s="15" t="s"/>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s"/>
       <x:c r="K522" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>525450</x:v>
+        <x:v>525446</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>795</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -34058,51 +34054,51 @@
       <x:c r="L541" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>519733</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
@@ -34174,51 +34170,51 @@
       <x:c r="L543" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>519729</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
@@ -35943,222 +35939,222 @@
       <x:c r="K574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>600063</x:v>
+        <x:v>548184</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
-        <x:v>941</x:v>
+        <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
-        <x:v>583269</x:v>
+        <x:v>617718</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
-        <x:v>947</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>941</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
-        <x:v>617717</x:v>
+        <x:v>598715</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
-        <x:v>938</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>941</x:v>
+        <x:v>722</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
-        <x:v>598715</x:v>
+        <x:v>617717</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>941</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
@@ -36167,111 +36163,111 @@
       <x:c r="K578" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
-        <x:v>548184</x:v>
+        <x:v>600063</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
-        <x:v>948</x:v>
+        <x:v>941</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>617718</x:v>
+        <x:v>583269</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
-        <x:v>941</x:v>
+        <x:v>722</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
@@ -36340,51 +36336,51 @@
       <x:c r="L581" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>513670</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="C582" s="15" t="s"/>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s"/>
       <x:c r="K582" s="14" t="s">
@@ -37221,197 +37217,196 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>973</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>36888</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>976</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>43407</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>977</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>617500</x:v>
+        <x:v>573293</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>979</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
-        <x:v>973</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
-        <x:v>36888</x:v>
+        <x:v>40134</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
-      <x:c r="E598" s="14" t="s"/>
+      <x:c r="E598" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="I598" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K598" s="14" t="s">
-        <x:v>976</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
-        <x:v>43407</x:v>
+        <x:v>13260</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
-        <x:v>977</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>573293</x:v>
+        <x:v>558144</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
-        <x:v>979</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
-        <x:v>980</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="C599" s="3" t="n">
-        <x:v>40134</x:v>
+        <x:v>36888</x:v>
       </x:c>
       <x:c r="D599" s="3" t="s"/>
-      <x:c r="E599" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="H599" s="0" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
-        <x:v>13260</x:v>
+        <x:v>43407</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
-        <x:v>558144</x:v>
+        <x:v>617500</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>973</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>36888</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="I600" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
@@ -37423,51 +37418,51 @@
       <x:c r="L600" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>43407</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>977</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
         <x:v>558233</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
-        <x:v>979</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C601" s="3" t="s"/>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="G601" s="0" t="s">
         <x:v>982</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>983</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>29</x:v>
@@ -37620,126 +37615,126 @@
       <x:c r="C604" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
-        <x:v>518423</x:v>
+        <x:v>518424</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="E605" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
-        <x:v>518424</x:v>
+        <x:v>518423</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
         <x:v>986</x:v>
@@ -37932,51 +37927,51 @@
       <x:c r="L609" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>992</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>993</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
         <x:v>502205</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s">
         <x:v>991</x:v>
@@ -38114,51 +38109,51 @@
       <x:c r="L612" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>992</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>993</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
         <x:v>502204</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="E613" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H613" s="0" t="s">
         <x:v>991</x:v>
       </x:c>
@@ -38356,51 +38351,51 @@
       <x:c r="L616" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
         <x:v>501767</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
         <x:v>38527</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="E617" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
         <x:v>991</x:v>
       </x:c>
@@ -38427,98 +38422,98 @@
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>553313</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
-        <x:v>35966</x:v>
+        <x:v>38527</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="I618" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21576</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
-        <x:v>604085</x:v>
+        <x:v>604084</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>38527</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="E619" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
@@ -38548,98 +38543,98 @@
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>553315</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
-        <x:v>1003</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
-        <x:v>38527</x:v>
+        <x:v>35966</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="I620" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K620" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
-        <x:v>21576</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
-        <x:v>1002</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
-        <x:v>604084</x:v>
+        <x:v>604085</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
         <x:v>38527</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="E621" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
@@ -38719,51 +38714,51 @@
       <x:c r="L622" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>502135</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>36403</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="E623" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H623" s="0" t="s">
         <x:v>991</x:v>
       </x:c>
@@ -38779,169 +38774,169 @@
       <x:c r="L623" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>502136</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>40921</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="I624" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K624" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>553195</x:v>
+        <x:v>588229</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>1005</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
-        <x:v>40921</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="E625" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H625" s="0" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
-        <x:v>588229</x:v>
+        <x:v>553195</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
         <x:v>40921</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>990</x:v>
@@ -39263,51 +39258,51 @@
       <x:c r="L631" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
         <x:v>502234</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s">
         <x:v>991</x:v>
@@ -39566,51 +39561,51 @@
       <x:c r="L636" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
         <x:v>501898</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
         <x:v>40921</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="E637" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
         <x:v>991</x:v>
       </x:c>
@@ -39637,406 +39632,406 @@
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
         <x:v>607526</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>40921</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="I638" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>501896</x:v>
+        <x:v>552704</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
-        <x:v>40920</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="E639" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
-        <x:v>1012</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>552698</x:v>
+        <x:v>501896</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>36403</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="I640" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K640" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
-        <x:v>552699</x:v>
+        <x:v>501897</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>1005</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
-        <x:v>36403</x:v>
+        <x:v>40920</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="E641" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>501897</x:v>
+        <x:v>552698</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
-        <x:v>1011</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
-        <x:v>40920</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="I642" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
-        <x:v>21538</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
-        <x:v>1012</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>607524</x:v>
+        <x:v>552699</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>1005</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
-        <x:v>40921</x:v>
+        <x:v>40920</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="E643" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>552704</x:v>
+        <x:v>607524</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>38527</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="I644" s="16" t="s">
         <x:v>157</x:v>
@@ -41412,51 +41407,51 @@
       <x:c r="L667" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>23622</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>501215</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
@@ -41534,51 +41529,51 @@
       <x:c r="M669" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
         <x:v>547250</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I670" s="16" t="s">
         <x:v>137</x:v>
@@ -41592,51 +41587,51 @@
       <x:c r="L670" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
         <x:v>504522</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="E671" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="H671" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -41706,111 +41701,111 @@
       <x:c r="K672" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
-        <x:v>558084</x:v>
+        <x:v>558100</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
-        <x:v>1048</x:v>
+        <x:v>1049</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
-        <x:v>558100</x:v>
+        <x:v>558084</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="U673" s="4" t="s">
         <x:v>1049</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1048</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -41823,51 +41818,51 @@
       <x:c r="M674" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>558101</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
-        <x:v>1048</x:v>
+        <x:v>1049</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>34759</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="E675" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -42073,161 +42068,161 @@
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
         <x:v>590105</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
-        <x:v>36493</x:v>
+        <x:v>40353</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="E679" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
         <x:v>1059</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
-        <x:v>541388</x:v>
+        <x:v>590107</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="C680" s="15" t="n">
-        <x:v>40353</x:v>
+        <x:v>36493</x:v>
       </x:c>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s">
         <x:v>1059</x:v>
       </x:c>
       <x:c r="I680" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K680" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
-        <x:v>590107</x:v>
+        <x:v>541388</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="C681" s="3" t="s"/>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="G681" s="0" t="s">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
         <x:v>1062</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
         <x:v>43</x:v>
@@ -42235,51 +42230,51 @@
       <x:c r="M681" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
         <x:v>618995</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C682" s="15" t="n">
         <x:v>40552</x:v>
       </x:c>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s"/>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="H682" s="14" t="s">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="I682" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J682" s="14" t="s">
@@ -42512,51 +42507,51 @@
       <x:c r="L686" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
         <x:v>962</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
         <x:v>506456</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="E687" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="H687" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
@@ -42572,51 +42567,51 @@
       <x:c r="L687" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
         <x:v>962</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
         <x:v>506457</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="C688" s="15" t="s"/>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s"/>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
         <x:v>1079</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s"/>
       <x:c r="I688" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s"/>
       <x:c r="K688" s="14" t="s">
@@ -43942,346 +43937,346 @@
       <x:c r="L711" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
         <x:v>498248</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
-        <x:v>38113</x:v>
+        <x:v>41352</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s"/>
       <x:c r="I712" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K712" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
-        <x:v>556162</x:v>
+        <x:v>607837</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
-        <x:v>41352</x:v>
+        <x:v>38113</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="E713" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
-        <x:v>607837</x:v>
+        <x:v>556162</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
-        <x:v>38113</x:v>
+        <x:v>41352</x:v>
       </x:c>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s"/>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s"/>
       <x:c r="I714" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J714" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K714" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L714" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
-        <x:v>587780</x:v>
+        <x:v>616847</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>1113</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
-        <x:v>41352</x:v>
+        <x:v>38113</x:v>
       </x:c>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="G715" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J715" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
-        <x:v>616847</x:v>
+        <x:v>587780</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
-        <x:v>1114</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
-        <x:v>1112</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C716" s="15" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s"/>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s"/>
       <x:c r="I716" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J716" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K716" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
         <x:v>587781</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
-        <x:v>847</x:v>
+        <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
-        <x:v>1113</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="C717" s="3" t="n">
         <x:v>41352</x:v>
       </x:c>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="G717" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J717" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
         <x:v>32054</x:v>
@@ -44291,51 +44286,51 @@
       </x:c>
       <x:c r="P717" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
         <x:v>607624</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
         <x:v>1116</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
-        <x:v>1109</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="C718" s="15" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s"/>
       <x:c r="I718" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J718" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K718" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L718" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -44350,108 +44345,108 @@
       </x:c>
       <x:c r="P718" s="14" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
         <x:v>556163</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>1109</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="E719" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
         <x:v>538971</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
-        <x:v>1111</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="C720" s="15" t="n">
         <x:v>41352</x:v>
       </x:c>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s"/>
       <x:c r="I720" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J720" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K720" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -44625,151 +44620,151 @@
       </x:c>
       <x:c r="Q723" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
         <x:v>620332</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
         <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="C724" s="15" t="n">
-        <x:v>36867</x:v>
+        <x:v>36704</x:v>
       </x:c>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s"/>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="H724" s="14" t="s"/>
       <x:c r="I724" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J724" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K724" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L724" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M724" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N724" s="15" t="n">
-        <x:v>13175</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O724" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="P724" s="14" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="Q724" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R724" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S724" s="14" t="n">
-        <x:v>578327</x:v>
+        <x:v>515230</x:v>
       </x:c>
       <x:c r="T724" s="16" t="s">
-        <x:v>1124</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="U724" s="16" t="s">
-        <x:v>804</x:v>
+        <x:v>1125</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:21">
       <x:c r="A725" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>1125</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="C725" s="3" t="n">
-        <x:v>36704</x:v>
+        <x:v>36867</x:v>
       </x:c>
       <x:c r="D725" s="3" t="s"/>
       <x:c r="G725" s="0" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="I725" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J725" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L725" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M725" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N725" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>13175</x:v>
       </x:c>
       <x:c r="O725" s="0" t="s">
-        <x:v>1126</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P725" s="0" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="Q725" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R725" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S725" s="0" t="n">
-        <x:v>515230</x:v>
+        <x:v>578327</x:v>
       </x:c>
       <x:c r="T725" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="U725" s="4" t="s">
-        <x:v>1127</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:21">
       <x:c r="A726" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B726" s="14" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="C726" s="15" t="s"/>
       <x:c r="D726" s="15" t="s"/>
       <x:c r="E726" s="14" t="s"/>
       <x:c r="F726" s="14" t="s"/>
       <x:c r="G726" s="14" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="H726" s="14" t="s"/>
       <x:c r="I726" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J726" s="14" t="s"/>
       <x:c r="K726" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L726" s="14" t="s">
@@ -45860,54 +45855,54 @@
       <x:c r="L745" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M745" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N745" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O745" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P745" s="0" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
         <x:v>509936</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C746" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D746" s="15" t="s"/>
       <x:c r="E746" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F746" s="14" t="s"/>
       <x:c r="G746" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H746" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I746" s="16" t="s">
         <x:v>95</x:v>
@@ -45918,57 +45913,57 @@
       <x:c r="K746" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L746" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M746" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N746" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O746" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P746" s="14" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="Q746" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R746" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S746" s="14" t="n">
-        <x:v>554929</x:v>
+        <x:v>453855</x:v>
       </x:c>
       <x:c r="T746" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U746" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:21">
       <x:c r="A747" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C747" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D747" s="3" t="s"/>
       <x:c r="E747" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G747" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H747" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I747" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -45978,57 +45973,57 @@
       <x:c r="K747" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L747" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M747" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N747" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O747" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P747" s="0" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="Q747" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R747" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S747" s="0" t="n">
-        <x:v>453855</x:v>
+        <x:v>554929</x:v>
       </x:c>
       <x:c r="T747" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U747" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:21">
       <x:c r="A748" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B748" s="14" t="s">
         <x:v>1155</x:v>
       </x:c>
       <x:c r="C748" s="15" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D748" s="15" t="s"/>
       <x:c r="E748" s="14" t="s"/>
       <x:c r="F748" s="14" t="s"/>
       <x:c r="G748" s="14" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="H748" s="14" t="s">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="I748" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J748" s="14" t="s">
@@ -46226,90 +46221,94 @@
         <x:v>1163</x:v>
       </x:c>
       <x:c r="Q751" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R751" s="0" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="S751" s="0" t="n">
         <x:v>575674</x:v>
       </x:c>
       <x:c r="T751" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U751" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:21">
       <x:c r="A752" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B752" s="14" t="s">
         <x:v>1164</x:v>
       </x:c>
-      <x:c r="C752" s="15" t="s"/>
+      <x:c r="C752" s="15" t="n">
+        <x:v>38182</x:v>
+      </x:c>
       <x:c r="D752" s="15" t="s"/>
       <x:c r="E752" s="14" t="s"/>
       <x:c r="F752" s="14" t="s"/>
       <x:c r="G752" s="14" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="H752" s="14" t="s">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="I752" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="J752" s="14" t="s"/>
+      <x:c r="J752" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K752" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L752" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M752" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N752" s="15" t="n">
-        <x:v>32047</x:v>
+        <x:v>11045</x:v>
       </x:c>
       <x:c r="O752" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="P752" s="14" t="s">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="Q752" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R752" s="14" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="S752" s="14" t="n">
-        <x:v>613087</x:v>
+        <x:v>575682</x:v>
       </x:c>
       <x:c r="T752" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U752" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:21">
       <x:c r="A753" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="C753" s="3" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D753" s="3" t="s"/>
       <x:c r="G753" s="0" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="H753" s="0" t="s">
         <x:v>1151</x:v>
       </x:c>
@@ -46319,113 +46318,109 @@
       <x:c r="J753" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K753" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L753" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M753" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N753" s="3" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O753" s="0" t="s">
         <x:v>1140</x:v>
       </x:c>
       <x:c r="P753" s="0" t="s">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="Q753" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R753" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="S753" s="0" t="n">
-        <x:v>575682</x:v>
+        <x:v>575685</x:v>
       </x:c>
       <x:c r="T753" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U753" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:21">
       <x:c r="A754" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B754" s="14" t="s">
         <x:v>1166</x:v>
       </x:c>
-      <x:c r="C754" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C754" s="15" t="s"/>
       <x:c r="D754" s="15" t="s"/>
       <x:c r="E754" s="14" t="s"/>
       <x:c r="F754" s="14" t="s"/>
       <x:c r="G754" s="14" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="H754" s="14" t="s">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="I754" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="J754" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J754" s="14" t="s"/>
       <x:c r="K754" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L754" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M754" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N754" s="15" t="n">
-        <x:v>11045</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O754" s="14" t="s">
-        <x:v>1140</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P754" s="14" t="s">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="Q754" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R754" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="S754" s="14" t="n">
-        <x:v>575685</x:v>
+        <x:v>613087</x:v>
       </x:c>
       <x:c r="T754" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U754" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:21">
       <x:c r="A755" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="C755" s="3" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D755" s="3" t="s"/>
       <x:c r="G755" s="0" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="H755" s="0" t="s">
         <x:v>1151</x:v>
       </x:c>
@@ -46738,94 +46733,94 @@
       </x:c>
       <x:c r="P760" s="14" t="s">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="Q760" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R760" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S760" s="14" t="n">
         <x:v>575863</x:v>
       </x:c>
       <x:c r="T760" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U760" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:21">
       <x:c r="A761" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="C761" s="3" t="n">
-        <x:v>35386</x:v>
+        <x:v>35911</x:v>
       </x:c>
       <x:c r="D761" s="3" t="s"/>
       <x:c r="G761" s="0" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="H761" s="0" t="s">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="I761" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J761" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K761" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L761" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M761" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N761" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O761" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="P761" s="0" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="Q761" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R761" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S761" s="0" t="n">
-        <x:v>575970</x:v>
+        <x:v>581343</x:v>
       </x:c>
       <x:c r="T761" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U761" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:21">
       <x:c r="A762" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B762" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C762" s="15" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D762" s="15" t="s"/>
       <x:c r="E762" s="14" t="s"/>
       <x:c r="F762" s="14" t="s"/>
       <x:c r="G762" s="14" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="H762" s="14" t="s">
@@ -46837,170 +46832,170 @@
       <x:c r="J762" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K762" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L762" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M762" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N762" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O762" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P762" s="14" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="Q762" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R762" s="14" t="s">
-        <x:v>962</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S762" s="14" t="n">
-        <x:v>575976</x:v>
+        <x:v>575975</x:v>
       </x:c>
       <x:c r="T762" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U762" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:21">
       <x:c r="A763" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C763" s="3" t="n">
-        <x:v>35377</x:v>
+        <x:v>35386</x:v>
       </x:c>
       <x:c r="D763" s="3" t="s"/>
       <x:c r="G763" s="0" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="H763" s="0" t="s">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="I763" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J763" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K763" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L763" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M763" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N763" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O763" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P763" s="0" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="Q763" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R763" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S763" s="0" t="n">
-        <x:v>575975</x:v>
+        <x:v>575970</x:v>
       </x:c>
       <x:c r="T763" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U763" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:21">
       <x:c r="A764" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B764" s="14" t="s">
-        <x:v>1173</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C764" s="15" t="n">
-        <x:v>35911</x:v>
+        <x:v>35377</x:v>
       </x:c>
       <x:c r="D764" s="15" t="s"/>
       <x:c r="E764" s="14" t="s"/>
       <x:c r="F764" s="14" t="s"/>
       <x:c r="G764" s="14" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="H764" s="14" t="s">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="I764" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J764" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K764" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L764" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M764" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N764" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O764" s="14" t="s">
-        <x:v>1174</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P764" s="14" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="Q764" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R764" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="S764" s="14" t="n">
-        <x:v>581343</x:v>
+        <x:v>575976</x:v>
       </x:c>
       <x:c r="T764" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U764" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:21">
       <x:c r="A765" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C765" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D765" s="3" t="s"/>
       <x:c r="G765" s="0" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="H765" s="0" t="s">
         <x:v>1151</x:v>
       </x:c>