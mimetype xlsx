--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -3206,57 +3206,57 @@
       <x:c r="K28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>609597</x:v>
+        <x:v>508758</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -3266,57 +3266,57 @@
       <x:c r="K29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>508758</x:v>
+        <x:v>609597</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>112</x:v>