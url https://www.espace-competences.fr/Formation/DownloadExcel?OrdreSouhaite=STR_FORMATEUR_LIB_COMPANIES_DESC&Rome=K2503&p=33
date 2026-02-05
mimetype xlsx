--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -197,95 +197,95 @@
   <x:si>
     <x:t>Agent de prévention et de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Techniqual</x:t>
   </x:si>
   <x:si>
     <x:t>13480</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Prévention sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>CABRIES</x:t>
   </x:si>
   <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surveillance humaine ou gardiennage - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/02/2026 00:00:00</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent en protection physique des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>Si Région Paca</x:t>
   </x:si>
   <x:si>
     <x:t>06270</x:t>
@@ -539,83 +539,83 @@
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Attestation de formation des agents des entreprises de protection privée de navires</x:t>
   </x:si>
   <x:si>
     <x:t>Oropex</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>NG Formations - Ngnear</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + habilitations électriques H0 - B0</x:t>
   </x:si>
   <x:si>
-    <x:t>NG Formations - Ngnear</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/05/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Surveillance humaine ou gardiennage - Maintien et actualisation des compétences (MAC) + MAC SST (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
@@ -632,116 +632,116 @@
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de prévention et de sécurité (APS) + SSIAP 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/02/2026 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Mblp Sécurité - Salamandre Formations - Antenne Vidauban</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
+    <x:t>08/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/05/2026 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Guide fiLes et serres fiLes</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
@@ -815,80 +815,80 @@
   <x:si>
     <x:t>Lycée Polyvalent Montmajour</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agent de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84803</x:t>
   </x:si>
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Alphonse Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS management opérationnel de la sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Vaucluse</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Encadrement management</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Alphonse Benoît</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel opérateur en vidéoprotection et en télésurveillance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Télésurveillance</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Maurice Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
@@ -1031,221 +1031,221 @@
   <x:si>
     <x:t>Agent de protection physique des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>Intégrale Sécurité Formations - Integrale Academy</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Universel de Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/12/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CQP surveillant de nuit en secteur social, médico-social et sanitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
   </x:si>
   <x:si>
     <x:t>IRTS</x:t>
   </x:si>
   <x:si>
     <x:t>13267</x:t>
   </x:si>
   <x:si>
     <x:t>Surveillance nuit</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut pour l'Etude et l'Intégration des Nouvelles Techniques et Technologies</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>IESC</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de prévention et de sécurité (MAC APS)</x:t>
   </x:si>
   <x:si>
     <x:t>Opérateur en vidéoprotection</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir Services Formation - Elythe</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
   </x:si>
   <x:si>
+    <x:t>IFPST</x:t>
+  </x:si>
+  <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>IFPST</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Institut Aéro Formations - Camas Formation</x:t>
   </x:si>
   <x:si>
     <x:t>93290</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Aéro Formations - Camas Formation - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel agent de sûreté et de sécurité privée (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
@@ -1421,125 +1421,125 @@
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel agent de sûreté et de sécurité privée</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent de prévention et de sécurité modules SSIAP 1, vidéosurveillance, habilitation électrique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Formation Sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Palpation de sécurité</x:t>
   </x:si>
   <x:si>
-    <x:t>France Formation Sécurité</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>FFS</x:t>
   </x:si>
   <x:si>
-    <x:t>13003</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Formosecours</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>APS - Surveillance humaine ou gardiennage (sans SST MAC) - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 83</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel opérateur en vidéoprotection et en télésurveillance</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 13</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel</x:t>
   </x:si>
   <x:si>
+    <x:t>Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service +  Agent de prévention et de sécurité</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service +  Agent de prévention et de sécurité</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Jacques Raynaud</x:t>
   </x:si>
   <x:si>
     <x:t>Format.co</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + SSIAP 1 - diplôme d'agent de service + habilitations électriques BE - BS (POEC)</x:t>
@@ -1802,54 +1802,54 @@
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Dirigeant d'entreprise de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Asp Bodyguard</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Dirigeant d'entreprise de sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de protection des personnes (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable d'entreprise de sécurité</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable d'entreprise de sécurité (Apprentissage)</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Responsable d'entreprise de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de protection des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent privé de protection de personnalité</x:t>
   </x:si>
   <x:si>
     <x:t>Agent privé de prévention et de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Aptitude Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ASF</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
@@ -2683,51 +2683,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>606639</x:v>
+        <x:v>606636</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -2737,51 +2737,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>606636</x:v>
+        <x:v>606638</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
@@ -2794,51 +2794,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>606638</x:v>
+        <x:v>606640</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -2848,210 +2848,210 @@
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>606640</x:v>
+        <x:v>606641</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="J8" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>606641</x:v>
+        <x:v>606647</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>606647</x:v>
+        <x:v>606655</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="C10" s="15" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C10" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="J10" s="14" t="s"/>
+      <x:c r="J10" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>606655</x:v>
+        <x:v>606639</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -3132,51 +3132,51 @@
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>606635</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
@@ -3238,51 +3238,51 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>585298</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
@@ -3876,51 +3876,51 @@
       <x:c r="M26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>602260</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>39</x:v>
@@ -4760,51 +4760,51 @@
       <x:c r="L43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>602301</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -5025,54 +5025,54 @@
       <x:c r="L48" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>602295</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>39</x:v>
@@ -5240,2322 +5240,2319 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>613975</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q53" s="4" t="s">
+      <x:c r="R53" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R53" s="0" t="s">
+      <x:c r="S53" s="0" t="n">
+        <x:v>586701</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="S53" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T53" s="4" t="s">
+      <x:c r="U53" s="4" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>158</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q54" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q54" s="16" t="s">
+      <x:c r="R54" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R54" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>586701</x:v>
+        <x:v>586705</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q55" s="4" t="s">
+      <x:c r="R55" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>586705</x:v>
+        <x:v>586708</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="C56" s="15" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C56" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>158</x:v>
-[...1 lines deleted...]
-      <x:c r="J56" s="14" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="J56" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q56" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q56" s="16" t="s">
+      <x:c r="R56" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>586708</x:v>
+        <x:v>614861</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I57" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q57" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q57" s="4" t="s">
+      <x:c r="R57" s="0" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>586793</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q58" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q58" s="16" t="s">
+      <x:c r="R58" s="14" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>586796</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I59" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q59" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q59" s="4" t="s">
+      <x:c r="R59" s="0" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>586703</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q60" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q60" s="16" t="s">
+      <x:c r="R60" s="14" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>586717</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I61" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q61" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q61" s="4" t="s">
+      <x:c r="R61" s="0" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>586795</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q62" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q62" s="16" t="s">
+      <x:c r="R62" s="14" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>586711</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I63" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q63" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q63" s="4" t="s">
+      <x:c r="R63" s="0" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>586714</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q64" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q64" s="16" t="s">
+      <x:c r="R64" s="14" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>586802</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I65" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q65" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q65" s="4" t="s">
+      <x:c r="R65" s="0" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>614858</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q66" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q66" s="16" t="s">
+      <x:c r="R66" s="14" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>586706</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I67" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q67" s="4" t="s">
+      <x:c r="R67" s="0" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>586707</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q68" s="16" t="s">
+      <x:c r="R68" s="14" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>586709</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I69" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q69" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q69" s="4" t="s">
+      <x:c r="R69" s="0" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>586794</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q70" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q70" s="16" t="s">
+      <x:c r="R70" s="14" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>586797</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I71" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q71" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q71" s="4" t="s">
+      <x:c r="R71" s="0" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>586798</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q72" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q72" s="16" t="s">
+      <x:c r="R72" s="14" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>586804</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I73" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q73" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q73" s="4" t="s">
+      <x:c r="R73" s="0" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>586710</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q74" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q74" s="16" t="s">
+      <x:c r="R74" s="14" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>586799</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I75" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q75" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q75" s="4" t="s">
+      <x:c r="R75" s="0" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>586801</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q76" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q76" s="16" t="s">
+      <x:c r="R76" s="14" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>614859</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I77" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q77" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q77" s="4" t="s">
+      <x:c r="R77" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R77" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>586699</x:v>
+        <x:v>614856</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="C78" s="15" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C78" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>158</x:v>
-[...1 lines deleted...]
-      <x:c r="J78" s="14" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="J78" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q78" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q78" s="16" t="s">
+      <x:c r="R78" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R78" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>586712</x:v>
+        <x:v>586700</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="C79" s="3" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I79" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="I79" s="4" t="s">
-        <x:v>158</x:v>
+      <x:c r="J79" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q79" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q79" s="4" t="s">
+      <x:c r="R79" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R79" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>586715</x:v>
+        <x:v>586702</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q80" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q80" s="16" t="s">
+      <x:c r="R80" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R80" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>586800</x:v>
+        <x:v>586713</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I81" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q81" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q81" s="4" t="s">
+      <x:c r="R81" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>586803</x:v>
+        <x:v>586716</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G82" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q82" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q82" s="16" t="s">
+      <x:c r="R82" s="14" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>580287</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="U82" s="16" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I83" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q83" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q83" s="4" t="s">
+      <x:c r="R83" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R83" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>614856</x:v>
+        <x:v>586699</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>158</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q84" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q84" s="16" t="s">
+      <x:c r="R84" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R84" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>586700</x:v>
+        <x:v>586712</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I85" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q85" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q85" s="4" t="s">
+      <x:c r="R85" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R85" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>586702</x:v>
+        <x:v>586715</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q86" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q86" s="16" t="s">
+      <x:c r="R86" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R86" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>586713</x:v>
+        <x:v>586800</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I87" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q87" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q87" s="4" t="s">
+      <x:c r="R87" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>586716</x:v>
+        <x:v>586803</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G88" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>580286</x:v>
+        <x:v>612257</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
-      <x:c r="E89" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>74</x:v>
-[...2 lines deleted...]
-        <x:v>75</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>612257</x:v>
+        <x:v>616922</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="J90" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>616922</x:v>
+        <x:v>605427</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>605427</x:v>
+        <x:v>605428</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>605428</x:v>
+        <x:v>605432</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>605432</x:v>
+        <x:v>605433</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="C94" s="15" t="s"/>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C94" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s"/>
-      <x:c r="F94" s="14" t="s"/>
+      <x:c r="E94" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F94" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="G94" s="14" t="s">
-        <x:v>197</x:v>
-[...1 lines deleted...]
-      <x:c r="H94" s="14" t="s"/>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="J94" s="14" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J94" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>605433</x:v>
+        <x:v>580286</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>616926</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -7564,100 +7561,100 @@
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>605429</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>605430</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -7666,100 +7663,100 @@
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>605431</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>616924</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -7768,51 +7765,51 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>616923</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
@@ -8148,159 +8145,159 @@
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>596888</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>41000</x:v>
+        <x:v>38227</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P108" s="14" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="Q108" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="P108" s="14" t="s">
+      <x:c r="R108" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="Q108" s="16" t="s">
+      <x:c r="S108" s="14" t="n">
+        <x:v>547829</x:v>
+      </x:c>
+      <x:c r="T108" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="R108" s="14" t="s">
+      <x:c r="U108" s="16" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>38227</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="I109" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="I109" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="Q109" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="R109" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="Q109" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>547829</x:v>
+        <x:v>494827</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -8321,207 +8318,207 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>595119</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="I111" s="4" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="P111" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="Q111" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="P111" s="0" t="s">
+      <x:c r="R111" s="0" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>611320</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="P112" s="14" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="Q112" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="P112" s="14" t="s">
+      <x:c r="R112" s="14" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>547824</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="I113" s="4" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="Q113" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="R113" s="0" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>517867</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -8544,114 +8541,114 @@
       <x:c r="L114" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>616819</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>564877</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>76</x:v>
@@ -8668,51 +8665,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>608189</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -8787,307 +8784,307 @@
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>596890</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>39133</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>595134</x:v>
+        <x:v>595118</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>39133</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>42803</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>595118</x:v>
+        <x:v>595134</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>595131</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>595120</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>596892</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
@@ -9370,51 +9367,51 @@
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>595133</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
@@ -9674,54 +9671,54 @@
       <x:c r="L134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>616350</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -9734,51 +9731,51 @@
       <x:c r="M135" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>598678</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -9906,93 +9903,93 @@
       <x:c r="L138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>614650</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>509535</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
@@ -10017,231 +10014,231 @@
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>587321</x:v>
+        <x:v>597762</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>38002</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>597762</x:v>
+        <x:v>597770</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s"/>
-      <x:c r="F142" s="14" t="s"/>
+      <x:c r="E142" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F142" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="G142" s="14" t="s">
-        <x:v>313</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>597770</x:v>
+        <x:v>580285</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>74</x:v>
-[...2 lines deleted...]
-        <x:v>75</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>580285</x:v>
+        <x:v>599383</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -10251,54 +10248,54 @@
       <x:c r="L144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>597764</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10316,51 +10313,51 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>597767</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G146" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>77</x:v>
@@ -10368,108 +10365,108 @@
       <x:c r="L146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>612256</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>495732</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
@@ -10482,51 +10479,51 @@
       <x:c r="L148" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>587322</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -10596,51 +10593,51 @@
       <x:c r="M150" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>597769</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10658,159 +10655,156 @@
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>597772</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>599383</x:v>
+        <x:v>544950</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>38002</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
-      <x:c r="E153" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>544950</x:v>
+        <x:v>587321</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -10930,100 +10924,100 @@
       <x:c r="M156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>613542</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>613545</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -11187,51 +11181,51 @@
       <x:c r="M161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>613541</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
@@ -11441,51 +11435,51 @@
       <x:c r="L166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>613536</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>38</x:v>
@@ -11589,314 +11583,314 @@
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>613544</x:v>
+        <x:v>613535</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>613535</x:v>
+        <x:v>613537</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>613537</x:v>
+        <x:v>613540</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>613540</x:v>
+        <x:v>613552</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>613552</x:v>
+        <x:v>613547</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>613547</x:v>
+        <x:v>613544</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="U174" s="16" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -11917,51 +11911,51 @@
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>570849</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G176" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>77</x:v>
@@ -11969,54 +11963,54 @@
       <x:c r="L176" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>612255</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -12037,226 +12031,226 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>602428</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>41394</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>602486</x:v>
+        <x:v>598017</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>37737</x:v>
+        <x:v>41394</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>42801</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>597887</x:v>
+        <x:v>602486</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>40385</x:v>
+        <x:v>37737</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>598017</x:v>
+        <x:v>597887</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>39</x:v>
@@ -12269,51 +12263,51 @@
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>602485</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G182" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
@@ -12387,51 +12381,51 @@
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>611276</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37737</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12495,212 +12489,214 @@
       <x:c r="M185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>602424</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
-      <x:c r="E186" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E186" s="14" t="s"/>
+      <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>612254</x:v>
+        <x:v>603850</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
+      <x:c r="E187" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F187" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>603850</x:v>
+        <x:v>612254</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>510286</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
@@ -12728,152 +12724,152 @@
       <x:c r="L189" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>31875</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>502713</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>502692</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>599872</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
@@ -12903,111 +12899,111 @@
       <x:c r="L192" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>502805</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>551964</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>40278</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -13246,51 +13242,51 @@
       <x:c r="L198" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>615244</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -13303,51 +13299,51 @@
       <x:c r="L199" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>581450</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
@@ -13365,206 +13361,206 @@
       <x:c r="M200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>582032</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>499323</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>549473</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>603627</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
@@ -13826,911 +13822,908 @@
       <x:c r="L208" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>570699</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="I209" s="4" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="Q209" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="Q209" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>493612</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="Q210" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="Q210" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>544713</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="I211" s="4" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="Q211" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="Q211" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>515270</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="Q212" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="Q212" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>544714</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>38227</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>526767</x:v>
+        <x:v>616363</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>38227</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>616363</x:v>
+        <x:v>526767</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>610220</x:v>
+        <x:v>616365</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>579094</x:v>
+        <x:v>610220</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
-      <x:c r="E217" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>74</x:v>
-[...2 lines deleted...]
-        <x:v>75</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>580278</x:v>
+        <x:v>579094</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>38227</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
-      <x:c r="E218" s="14" t="s"/>
-      <x:c r="F218" s="14" t="s"/>
+      <x:c r="E218" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F218" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="G218" s="14" t="s">
-        <x:v>230</x:v>
-[...1 lines deleted...]
-      <x:c r="H218" s="14" t="s"/>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="I218" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>570869</x:v>
+        <x:v>612252</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
+      <x:c r="E219" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F219" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>564386</x:v>
+        <x:v>580278</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>38227</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>610222</x:v>
+        <x:v>570869</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
-      <x:c r="E221" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>74</x:v>
-[...2 lines deleted...]
-        <x:v>75</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>612252</x:v>
+        <x:v>564386</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>616364</x:v>
+        <x:v>610222</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>616365</x:v>
+        <x:v>616364</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G224" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>77</x:v>
@@ -14749,51 +14742,51 @@
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>616143</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>77</x:v>
@@ -14812,51 +14805,51 @@
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>612251</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G226" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>77</x:v>
@@ -15040,51 +15033,51 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>610221</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G230" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>77</x:v>
@@ -15103,51 +15096,51 @@
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>616142</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>77</x:v>
@@ -15166,51 +15159,51 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>580277</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G232" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>77</x:v>
@@ -15229,51 +15222,51 @@
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>580279</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>77</x:v>
@@ -15325,69 +15318,69 @@
       <x:c r="G234" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>556584</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -15414,51 +15407,51 @@
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>583810</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G236" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>77</x:v>
@@ -15466,51 +15459,51 @@
       <x:c r="L236" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>612250</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -15520,414 +15513,411 @@
       <x:c r="L237" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>613007</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="C238" s="15" t="s"/>
+      <x:c r="C238" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D238" s="15" t="s"/>
-      <x:c r="E238" s="14" t="s"/>
-      <x:c r="F238" s="14" t="s"/>
+      <x:c r="E238" s="14" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="F238" s="14" t="s">
+        <x:v>445</x:v>
+      </x:c>
       <x:c r="G238" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>453</x:v>
-[...1 lines deleted...]
-      <x:c r="J238" s="14" t="s"/>
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="J238" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>611299</x:v>
+        <x:v>583672</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>455</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
-      <x:c r="E239" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>287</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>583672</x:v>
+        <x:v>611299</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>609027</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>616471</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>602504</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>583673</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G244" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>77</x:v>
@@ -15984,95 +15974,95 @@
       <x:c r="L245" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>616347</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>569650</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
@@ -16094,1239 +16084,1239 @@
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>608530</x:v>
+        <x:v>608528</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>37879</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>42801</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>608531</x:v>
+        <x:v>608253</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>40385</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>608278</x:v>
+        <x:v>608256</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>38002</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>42812</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>615080</x:v>
+        <x:v>615074</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>40278</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>31814</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>608231</x:v>
+        <x:v>615075</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>608255</x:v>
+        <x:v>615076</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>37879</x:v>
+        <x:v>40278</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>42801</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>608528</x:v>
+        <x:v>608228</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>40278</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>608233</x:v>
+        <x:v>608230</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>608238</x:v>
+        <x:v>608273</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
-        <x:v>40385</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
-      <x:c r="E256" s="14" t="s"/>
-      <x:c r="F256" s="14" t="s"/>
+      <x:c r="E256" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F256" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="G256" s="14" t="s">
-        <x:v>469</x:v>
-[...1 lines deleted...]
-      <x:c r="H256" s="14" t="s"/>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H256" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>608272</x:v>
+        <x:v>612249</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>37879</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>608253</x:v>
+        <x:v>608532</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>608256</x:v>
+        <x:v>608276</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>612249</x:v>
+        <x:v>580272</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>38002</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>615075</x:v>
+        <x:v>615080</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>40278</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>615076</x:v>
+        <x:v>608231</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>40278</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>31814</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>608228</x:v>
+        <x:v>608255</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>40278</x:v>
+        <x:v>37879</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>31814</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>608230</x:v>
+        <x:v>608530</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>40385</x:v>
+        <x:v>37879</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>608273</x:v>
+        <x:v>608531</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>615074</x:v>
+        <x:v>608278</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>37879</x:v>
+        <x:v>40278</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>42801</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>608532</x:v>
+        <x:v>608233</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>40385</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>608276</x:v>
+        <x:v>608238</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
-      <x:c r="E268" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E268" s="14" t="s"/>
+      <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>74</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>580272</x:v>
+        <x:v>608272</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
@@ -17336,57 +17326,57 @@
       <x:c r="K269" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>509145</x:v>
+        <x:v>556835</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>269</x:v>
@@ -17411,444 +17401,444 @@
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>609524</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>38226</x:v>
+        <x:v>38227</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>509149</x:v>
+        <x:v>509145</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>38227</x:v>
+        <x:v>38226</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>556835</x:v>
+        <x:v>509149</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>612242</x:v>
+        <x:v>581873</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G274" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>581873</x:v>
+        <x:v>612242</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>31875</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>616251</x:v>
+        <x:v>616359</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>31875</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>616360</x:v>
+        <x:v>616251</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>31875</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>616359</x:v>
+        <x:v>616360</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
@@ -17873,51 +17863,51 @@
       <x:c r="M278" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>601743</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
@@ -17975,108 +17965,108 @@
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>549175</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>549080</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
@@ -18089,51 +18079,51 @@
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>538534</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
@@ -18167,59 +18157,59 @@
       <x:c r="M283" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>611088</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G284" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>77</x:v>
@@ -18531,51 +18521,51 @@
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>611085</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
@@ -18586,51 +18576,51 @@
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>611137</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>77</x:v>
@@ -18638,51 +18628,51 @@
       <x:c r="L291" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>612248</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
@@ -18696,113 +18686,113 @@
       <x:c r="M292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>590889</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>595132</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>37737</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>39</x:v>
@@ -18815,82 +18805,82 @@
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>601290</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>601753</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
@@ -19040,332 +19030,329 @@
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>600697</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>37879</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>612247</x:v>
+        <x:v>612809</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
-      <x:c r="E300" s="14" t="s"/>
-      <x:c r="F300" s="14" t="s"/>
+      <x:c r="E300" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F300" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="G300" s="14" t="s">
-        <x:v>516</x:v>
-[...1 lines deleted...]
-      <x:c r="H300" s="14" t="s"/>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H300" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="I300" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>610201</x:v>
+        <x:v>612247</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>599952</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>599507</x:v>
+        <x:v>610201</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>37879</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
-      <x:c r="E303" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>74</x:v>
-[...2 lines deleted...]
-        <x:v>75</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>42801</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>612809</x:v>
+        <x:v>599507</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -19429,51 +19416,51 @@
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>599508</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
@@ -19543,111 +19530,111 @@
       <x:c r="M307" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>31875</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>600745</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="G308" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>583667</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -19765,761 +19752,761 @@
       <x:c r="I311" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>556778</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>508956</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>552418</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
-        <x:v>38226</x:v>
+        <x:v>39133</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>499721</x:v>
+        <x:v>607760</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
-        <x:v>39133</x:v>
+        <x:v>38226</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>42803</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>607760</x:v>
+        <x:v>499721</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>607768</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>552407</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>499711</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>552420</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>607772</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>607759</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
-        <x:v>38226</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>552435</x:v>
+        <x:v>499716</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>38226</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>499716</x:v>
+        <x:v>552435</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
@@ -20588,51 +20575,51 @@
       <x:c r="L325" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>608325</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
@@ -20645,51 +20632,51 @@
       <x:c r="L326" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>577672</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -20769,51 +20756,51 @@
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>611658</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
@@ -20867,51 +20854,51 @@
       <x:c r="L330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>590154</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -20921,51 +20908,51 @@
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>590153</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -21100,147 +21087,147 @@
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>606687</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>583669</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>607311</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
@@ -21317,542 +21304,542 @@
       <x:c r="J338" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>44003</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>583603</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>612244</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="G340" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>583670</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>616146</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G342" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>616890</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>614955</x:v>
+        <x:v>602679</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="G344" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I344" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>583671</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>602679</x:v>
+        <x:v>614955</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>614017</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>39</x:v>
@@ -22247,390 +22234,389 @@
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>607839</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
-      <x:c r="E355" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>556162</x:v>
+        <x:v>587780</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
-        <x:v>38113</x:v>
+        <x:v>41352</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>587780</x:v>
+        <x:v>607624</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>538971</x:v>
+        <x:v>556162</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>556163</x:v>
+        <x:v>538971</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>38113</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>556161</x:v>
+        <x:v>556163</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
-        <x:v>41352</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
-      <x:c r="E360" s="14" t="s"/>
+      <x:c r="E360" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>607624</x:v>
+        <x:v>556161</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>39841</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22754,149 +22740,149 @@
       <x:c r="M363" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>607835</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>538967</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>607833</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
@@ -22989,97 +22975,97 @@
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>608556</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>587781</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
@@ -23199,54 +23185,54 @@
       <x:c r="L371" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>610714</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
@@ -23354,258 +23340,258 @@
       <x:c r="L374" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>591633</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>591636</x:v>
+        <x:v>610706</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>610706</x:v>
+        <x:v>610711</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>610711</x:v>
+        <x:v>591636</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>591635</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>39</x:v>
@@ -23762,213 +23748,213 @@
       <x:c r="L382" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>610708</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>610709</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>610710</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>611459</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>39</x:v>
@@ -24088,51 +24074,51 @@
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>586076</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
@@ -24243,51 +24229,51 @@
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>585358</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -24774,51 +24760,51 @@
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>613251</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G402" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>77</x:v>
@@ -24837,51 +24823,51 @@
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>580269</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
@@ -25005,51 +24991,51 @@
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>615201</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G406" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>77</x:v>
@@ -25057,62 +25043,62 @@
       <x:c r="L406" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>616891</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>77</x:v>
@@ -25131,51 +25117,51 @@
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>612245</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G408" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>77</x:v>
@@ -25183,62 +25169,62 @@
       <x:c r="L408" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>612246</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>77</x:v>
@@ -25257,51 +25243,51 @@
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>616145</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G410" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>77</x:v>
@@ -25309,54 +25295,54 @@
       <x:c r="L410" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>580268</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -25540,51 +25526,51 @@
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>616397</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">