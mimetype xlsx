--- v0 (2025-12-12)
+++ v1 (2026-02-03)
@@ -24,51 +24,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:loext="http://schemas.libreoffice.org/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Calc"/>
   <x:workbookPr showObjects="all" backupFile="false" codeName="ThisWorkbook"/>
   <x:workbookProtection/>
   <x:bookViews>
     <x:workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="resultats d'extraction" sheetId="1" r:id="rId3"/>
     <x:sheet name="rappel des filtres" sheetId="2" r:id="rId4"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'resultats d''extraction'!$A$1:$U$1</x:definedName>
   </x:definedNames>
   <x:calcPr refMode="A1" iterate="false" iterateCount="100" iterateDelta="0.0001"/>
   <x:extLst>
     <x:ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </x:ext>
   </x:extLst>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="123">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="98">
   <x:si>
     <x:t>Formation 
  (professionnelle continue / en contrat de pro /
 scolaire, universitaire / en apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Intitulé Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Code RNCP</x:t>
   </x:si>
   <x:si>
     <x:t>Code RS (Répertoire Spécifique)</x:t>
   </x:si>
   <x:si>
     <x:t>Financeur</x:t>
   </x:si>
   <x:si>
     <x:t>Programme 
 (PRF, etc.)</x:t>
   </x:si>
   <x:si>
     <x:t>Organisme responsable</x:t>
   </x:si>
   <x:si>
@@ -206,267 +206,192 @@
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Génie chimique</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>LP le Chatelier</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
+    <x:t>BTSA gestion et maîtrise de l'eau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA Fontlongue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel canalisateur (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niveau CAP, BEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion ressource eau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MALLEMORT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compétences BTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C BTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro procédés de la chimie, de l'eau et des papiers-cartons (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-TULLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA Régional Agricole Public PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat d'aptitude à travailler en espaces confinés (Certificat de surveillant Catec® + Certificat d'intervenant Catec®)</x:t>
-[...8 lines deleted...]
-    <x:t>Sans niveau spécifique</x:t>
+    <x:t>Licence pro mention métiers de la protection et de la gestion de l'environnement parcours éco-RSE : responsabilité sociétale des entreprises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
-  </x:si>
-[...199 lines deleted...]
-    <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences de la terre</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -919,67 +844,67 @@
           <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:U1"/>
   <x:sheetViews>
     <x:sheetView tabSelected="1" defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
       <x:selection activeCell="A1" sqref="A1"/>
       <x:selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="13.515312" defaultRowHeight="15.8" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="47.025425" style="1" customWidth="1"/>
-    <x:col min="2" max="2" width="156.220625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="131.910625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.055425" style="3" customWidth="1"/>
     <x:col min="4" max="4" width="35.145425" style="3" customWidth="1"/>
     <x:col min="5" max="5" width="13.885425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.495425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="95.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.575425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="26.795425" style="4" customWidth="1"/>
-    <x:col min="10" max="10" width="23.370625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="19.665425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="28.510625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.185425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="33.530625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="29.615425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="30.475425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="83.480625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="24.335425" style="4" customWidth="1"/>
-    <x:col min="18" max="18" width="27.220625" style="0" customWidth="1"/>
+    <x:col min="18" max="18" width="19.390625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.265425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="22.455425" style="4" customWidth="1"/>
     <x:col min="21" max="21" width="21.040625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:21" ht="68.65" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="10" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="10" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="11" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="11" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="11" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="11" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="11" t="s">
@@ -1178,1258 +1103,741 @@
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>595216</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="B5" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C5" s="3" t="s"/>
+      <x:c r="C5" s="3" t="n">
+        <x:v>41382</x:v>
+      </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="I5" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="I5" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J5" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>12541</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="Q5" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="Q5" s="4" t="s">
+      <x:c r="R5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="R5" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>565137</x:v>
+        <x:v>615903</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="C6" s="15" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C6" s="15" t="n">
+        <x:v>38078</x:v>
+      </x:c>
       <x:c r="D6" s="15" t="s"/>
-      <x:c r="E6" s="14" t="s"/>
+      <x:c r="E6" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="H6" s="14" t="s"/>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H6" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="I6" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>12541</x:v>
+        <x:v>12532</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="P6" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="Q6" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="P6" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>565138</x:v>
+        <x:v>546157</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="C7" s="3" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="n">
+        <x:v>38078</x:v>
+      </x:c>
       <x:c r="D7" s="3" t="s"/>
+      <x:c r="E7" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="J7" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>12541</x:v>
+        <x:v>12532</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="P7" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="P7" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>565141</x:v>
+        <x:v>601722</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38078</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>12532</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="P8" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="Q8" s="16" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>601722</x:v>
+        <x:v>598859</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="U8" s="16" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38078</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>12532</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="P9" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="Q9" s="4" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>546157</x:v>
+        <x:v>548487</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="U9" s="4" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>38078</x:v>
+        <x:v>38499</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>12532</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>598859</x:v>
+        <x:v>551817</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>38078</x:v>
+        <x:v>41382</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>12532</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>548487</x:v>
+        <x:v>601005</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="C12" s="15" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C12" s="15" t="n">
+        <x:v>38499</x:v>
+      </x:c>
       <x:c r="D12" s="15" t="s"/>
-      <x:c r="E12" s="14" t="s"/>
+      <x:c r="E12" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="H12" s="14" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>78</x:v>
-[...1 lines deleted...]
-      <x:c r="J12" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J12" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>24147</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q12" s="16" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="R12" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="S12" s="14" t="n">
+        <x:v>600998</x:v>
+      </x:c>
+      <x:c r="T12" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="Q12" s="16" t="s">
+      <x:c r="U12" s="16" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="C13" s="3" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="n">
+        <x:v>38499</x:v>
+      </x:c>
       <x:c r="D13" s="3" t="s"/>
+      <x:c r="E13" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J13" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>24147</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="P13" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q13" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="R13" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="S13" s="0" t="n">
+        <x:v>497950</x:v>
+      </x:c>
+      <x:c r="T13" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="P13" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="C14" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C14" s="15" t="n">
+        <x:v>41382</x:v>
+      </x:c>
       <x:c r="D14" s="15" t="s"/>
-      <x:c r="E14" s="14" t="s"/>
+      <x:c r="E14" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="H14" s="14" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>78</x:v>
-[...1 lines deleted...]
-      <x:c r="J14" s="14" t="s"/>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="J14" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>24147</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>563275</x:v>
+        <x:v>605837</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="C15" s="3" t="s"/>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>40343</x:v>
+      </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>24147</x:v>
+        <x:v>12254</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>563308</x:v>
+        <x:v>576117</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>55</x:v>
-[...210 lines deleted...]
-      <x:c r="T19" s="4" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...357 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:A12"/>
   <x:sheetViews>
     <x:sheetView defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:selection activeCell="A6" sqref="A6"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="12.144219" defaultRowHeight="15" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="36.71" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A6" s="8" t="s"/>
     </x:row>
     <x:row r="8" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A8" s="8" t="s"/>
     </x:row>
     <x:row r="12" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A12" s="8" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="false" differentFirst="false">
     <x:oddHeader/>
     <x:oddFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">