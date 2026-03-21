--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -242,114 +242,114 @@
   <x:si>
     <x:t>Titre professionnel canalisateur (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CFTP</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion ressource eau</x:t>
   </x:si>
   <x:si>
     <x:t>MALLEMORT</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/14/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Compétences BTP</x:t>
   </x:si>
   <x:si>
     <x:t>C BTP</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro procédés de la chimie, de l'eau et des papiers-cartons (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
@@ -1207,51 +1207,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>12532</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>546157</x:v>
+        <x:v>601722</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38078</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -1267,51 +1267,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>12532</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>601722</x:v>
+        <x:v>546157</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38078</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>61</x:v>
@@ -1449,111 +1449,111 @@
       <x:c r="K10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>551817</x:v>
+        <x:v>600998</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>41382</x:v>
+        <x:v>38499</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>12520</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>601005</x:v>
+        <x:v>551817</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38499</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>69</x:v>
@@ -1570,117 +1570,117 @@
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>600998</x:v>
+        <x:v>497950</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>38499</x:v>
+        <x:v>41382</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>11534</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>497950</x:v>
+        <x:v>601005</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>83</x:v>